--- v0 (2025-10-05)
+++ v1 (2026-01-03)
@@ -1,348 +1,488 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="9752" w:type="dxa"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:top w:w="72" w:type="dxa"/>
+          <w:left w:w="29" w:type="dxa"/>
+          <w:right w:w="29" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="998"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="2918"/>
+        <w:gridCol w:w="884"/>
+        <w:gridCol w:w="2512"/>
+        <w:gridCol w:w="1053"/>
+        <w:gridCol w:w="1052"/>
+        <w:gridCol w:w="1172"/>
+        <w:gridCol w:w="2929"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E21CF1" w:rsidRPr="00283FAE" w14:paraId="2CC69444" w14:textId="77777777" w:rsidTr="00181BD8">
+      <w:tr w:rsidR="00E21CF1" w:rsidRPr="00283FAE" w14:paraId="49A2183F" w14:textId="77777777" w:rsidTr="00A618F5">
         <w:trPr>
-          <w:trHeight w:hRule="exact" w:val="567"/>
+          <w:trHeight w:val="2055"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3344" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1856" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3AEB5B3F" w14:textId="77777777" w:rsidR="00E21CF1" w:rsidRPr="00283FAE" w:rsidRDefault="00E21CF1" w:rsidP="00414838">
+          <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+          <w:bookmarkEnd w:id="0"/>
+          <w:p w14:paraId="5932D0CA" w14:textId="74513B17" w:rsidR="00E21CF1" w:rsidRPr="00140CE3" w:rsidRDefault="003F47A8" w:rsidP="003F47A8">
+            <w:pPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="-144"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="34"/>
+                <w:szCs w:val="34"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F47A8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="34"/>
+                <w:szCs w:val="34"/>
+              </w:rPr>
+              <mc:AlternateContent>
+                <mc:Choice Requires="wps">
+                  <w:drawing>
+                    <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="59A5733B" wp14:editId="7D39BC81">
+                      <wp:extent cx="2105891" cy="1404620"/>
+                      <wp:effectExtent l="0" t="0" r="8890" b="0"/>
+                      <wp:docPr id="217" name="Text Box 2"/>
+                      <wp:cNvGraphicFramePr>
+                        <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                      </wp:cNvGraphicFramePr>
+                      <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                        <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                          <wps:wsp>
+                            <wps:cNvSpPr txBox="1">
+                              <a:spLocks noChangeArrowheads="1"/>
+                            </wps:cNvSpPr>
+                            <wps:spPr bwMode="auto">
+                              <a:xfrm>
+                                <a:off x="0" y="0"/>
+                                <a:ext cx="2105891" cy="1404620"/>
+                              </a:xfrm>
+                              <a:prstGeom prst="rect">
+                                <a:avLst/>
+                              </a:prstGeom>
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                              <a:ln w="9525">
+                                <a:noFill/>
+                                <a:miter lim="800000"/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a:ln>
+                            </wps:spPr>
+                            <wps:txbx>
+                              <w:txbxContent>
+                                <w:p w14:paraId="13E46344" w14:textId="31E6C58F" w:rsidR="003F47A8" w:rsidRDefault="003F47A8" w:rsidP="003F47A8">
+                                  <w:pPr>
+                                    <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:noProof/>
+                                    </w:rPr>
+                                    <w:drawing>
+                                      <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="51357F68" wp14:editId="0C659ADE">
+                                        <wp:extent cx="1920240" cy="1104900"/>
+                                        <wp:effectExtent l="0" t="0" r="3810" b="0"/>
+                                        <wp:docPr id="18" name="Picture 18">
+                                          <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId8"/>
+                                        </wp:docPr>
+                                        <wp:cNvGraphicFramePr/>
+                                        <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                                          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                            <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                              <pic:nvPicPr>
+                                                <pic:cNvPr id="19" name="Picture 19">
+                                                  <a:hlinkClick r:id="rId8"/>
+                                                </pic:cNvPr>
+                                                <pic:cNvPicPr/>
+                                              </pic:nvPicPr>
+                                              <pic:blipFill>
+                                                <a:blip r:embed="rId9" cstate="print">
+                                                  <a:extLst>
+                                                    <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                                      <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                                    </a:ext>
+                                                  </a:extLst>
+                                                </a:blip>
+                                                <a:stretch>
+                                                  <a:fillRect/>
+                                                </a:stretch>
+                                              </pic:blipFill>
+                                              <pic:spPr bwMode="auto">
+                                                <a:xfrm>
+                                                  <a:off x="0" y="0"/>
+                                                  <a:ext cx="1920240" cy="1104900"/>
+                                                </a:xfrm>
+                                                <a:prstGeom prst="rect">
+                                                  <a:avLst/>
+                                                </a:prstGeom>
+                                                <a:noFill/>
+                                                <a:ln>
+                                                  <a:noFill/>
+                                                </a:ln>
+                                              </pic:spPr>
+                                            </pic:pic>
+                                          </a:graphicData>
+                                        </a:graphic>
+                                      </wp:inline>
+                                    </w:drawing>
+                                  </w:r>
+                                </w:p>
+                                <w:p w14:paraId="7D35D197" w14:textId="4BE2F3F7" w:rsidR="003F47A8" w:rsidRDefault="003F47A8" w:rsidP="003F47A8">
+                                  <w:pPr>
+                                    <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:rPr>
+                                      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                                      <w:b/>
+                                      <w:bCs/>
+                                      <w:sz w:val="34"/>
+                                      <w:szCs w:val="34"/>
+                                    </w:rPr>
+                                    <w:t>E</w:t>
+                                  </w:r>
+                                  <w:r w:rsidRPr="00140CE3">
+                                    <w:rPr>
+                                      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                                      <w:b/>
+                                      <w:bCs/>
+                                      <w:sz w:val="34"/>
+                                      <w:szCs w:val="34"/>
+                                    </w:rPr>
+                                    <w:t>–ISSN: 2822 – 4744</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:txbxContent>
+                            </wps:txbx>
+                            <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                              <a:spAutoFit/>
+                            </wps:bodyPr>
+                          </wps:wsp>
+                        </a:graphicData>
+                      </a:graphic>
+                    </wp:inline>
+                  </w:drawing>
+                </mc:Choice>
+                <mc:Fallback>
+                  <w:pict>
+                    <v:shapetype w14:anchorId="59A5733B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                      <v:stroke joinstyle="miter"/>
+                      <v:path gradientshapeok="t" o:connecttype="rect"/>
+                    </v:shapetype>
+                    <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:165.8pt;height:110.6pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDqLi3lIQIAAB4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuGyEQfa/Uf0C813uRncQrr6PUqatK&#10;aVop6QewLOtFBYYC9q779R1Yx7HSt6o8IGCGw5kzh9XtqBU5COclmJoWs5wSYTi00uxq+uN5++GG&#10;Eh+YaZkCI2p6FJ7ert+/Ww22EiX0oFrhCIIYXw22pn0Itsoyz3uhmZ+BFQaDHTjNAm7dLmsdGxBd&#10;q6zM86tsANdaB1x4j6f3U5CuE37XCR6+dZ0XgaiaIreQZpfmJs7ZesWqnWO2l/xEg/0DC82kwUfP&#10;UPcsMLJ38i8oLbkDD12YcdAZdJ3kItWA1RT5m2qeemZFqgXF8fYsk/9/sPzx8N0R2da0LK4pMUxj&#10;k57FGMhHGEkZ9RmsrzDtyWJiGPEY+5xq9fYB+E9PDGx6ZnbizjkYesFa5FfEm9nF1QnHR5Bm+Aot&#10;PsP2ARLQ2DkdxUM5CKJjn47n3kQqHA/LIl/cLAtKOMaKeT6/KlP3Mla9XLfOh88CNImLmjpsfoJn&#10;hwcfIh1WvaTE1zwo2W6lUmnjds1GOXJgaJRtGqmCN2nKkKGmy0W5SMgG4v3kIS0DGllJXdObPI7J&#10;WlGOT6ZNKYFJNa2RiTInfaIkkzhhbEZMjKI10B5RKQeTYfGD4aIH95uSAc1aU/9rz5ygRH0xqPay&#10;mM+ju9NmvrhGaYi7jDSXEWY4QtU0UDItNyH9iKSDvcOubGXS65XJiSuaMMl4+jDR5Zf7lPX6rdd/&#10;AAAA//8DAFBLAwQUAAYACAAAACEAlOcxXtsAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+D&#10;QBCF7yb+h82YeLMLNBKDLI0x8WJ6sLUHj1MYWYSdRXZp8d87etHLSyZv8t73ys3iBnWiKXSeDaSr&#10;BBRx7ZuOWwOH16ebO1AhIjc4eCYDXxRgU11elFg0/sw7Ou1jqySEQ4EGbIxjoXWoLTkMKz8Si/fu&#10;J4dRzqnVzYRnCXeDzpIk1w47lgaLIz1aqvv97KRkG+p55z8/0m2v32yf4+2LfTbm+mp5uAcVaYl/&#10;z/CDL+hQCdPRz9wENRiQIfFXxVuv0xzU0UCWpRnoqtT/6atvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAOouLeUhAgAAHgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAJTnMV7bAAAABQEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" stroked="f">
+                      <v:textbox style="mso-fit-shape-to-text:t">
+                        <w:txbxContent>
+                          <w:p w14:paraId="13E46344" w14:textId="31E6C58F" w:rsidR="003F47A8" w:rsidRDefault="003F47A8" w:rsidP="003F47A8">
+                            <w:pPr>
+                              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:noProof/>
+                              </w:rPr>
+                              <w:drawing>
+                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="51357F68" wp14:editId="0C659ADE">
+                                  <wp:extent cx="1920240" cy="1104900"/>
+                                  <wp:effectExtent l="0" t="0" r="3810" b="0"/>
+                                  <wp:docPr id="18" name="Picture 18">
+                                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId10"/>
+                                  </wp:docPr>
+                                  <wp:cNvGraphicFramePr/>
+                                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                        <pic:nvPicPr>
+                                          <pic:cNvPr id="19" name="Picture 19">
+                                            <a:hlinkClick r:id="rId10"/>
+                                          </pic:cNvPr>
+                                          <pic:cNvPicPr/>
+                                        </pic:nvPicPr>
+                                        <pic:blipFill>
+                                          <a:blip r:embed="rId11" cstate="print">
+                                            <a:extLst>
+                                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                              </a:ext>
+                                            </a:extLst>
+                                          </a:blip>
+                                          <a:stretch>
+                                            <a:fillRect/>
+                                          </a:stretch>
+                                        </pic:blipFill>
+                                        <pic:spPr bwMode="auto">
+                                          <a:xfrm>
+                                            <a:off x="0" y="0"/>
+                                            <a:ext cx="1920240" cy="1104900"/>
+                                          </a:xfrm>
+                                          <a:prstGeom prst="rect">
+                                            <a:avLst/>
+                                          </a:prstGeom>
+                                          <a:noFill/>
+                                          <a:ln>
+                                            <a:noFill/>
+                                          </a:ln>
+                                        </pic:spPr>
+                                      </pic:pic>
+                                    </a:graphicData>
+                                  </a:graphic>
+                                </wp:inline>
+                              </w:drawing>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7D35D197" w14:textId="4BE2F3F7" w:rsidR="003F47A8" w:rsidRDefault="003F47A8" w:rsidP="003F47A8">
+                            <w:pPr>
+                              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="34"/>
+                                <w:szCs w:val="34"/>
+                              </w:rPr>
+                              <w:t>E</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00140CE3">
+                              <w:rPr>
+                                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="34"/>
+                                <w:szCs w:val="34"/>
+                              </w:rPr>
+                              <w:t>–ISSN: 2822 – 4744</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </v:textbox>
+                      <w10:anchorlock/>
+                    </v:shape>
+                  </w:pict>
+                </mc:Fallback>
+              </mc:AlternateContent>
+            </w:r>
+            <w:r w:rsidR="00157341">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="34"/>
+                <w:szCs w:val="34"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3144" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcMar>
+              <w:left w:w="115" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0D80B84B" w14:textId="4E68423C" w:rsidR="00E21CF1" w:rsidRPr="00140CE3" w:rsidRDefault="00E21CF1" w:rsidP="00157341">
+            <w:pPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="58"/>
+                <w:szCs w:val="58"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00140CE3">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="58"/>
+                <w:szCs w:val="58"/>
+              </w:rPr>
+              <w:t>TRANSACTIONS ON</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E2ABFBC" w14:textId="10C1C44D" w:rsidR="00E21CF1" w:rsidRPr="00140CE3" w:rsidRDefault="00E21CF1" w:rsidP="00157341">
+            <w:pPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="58"/>
+                <w:szCs w:val="58"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00140CE3">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="58"/>
+                <w:szCs w:val="58"/>
+              </w:rPr>
+              <w:t>ELECTROMAGNETIC</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="690A4265" w14:textId="77777777" w:rsidR="00E21CF1" w:rsidRPr="00283FAE" w:rsidRDefault="00E21CF1" w:rsidP="00157341">
+            <w:pPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00140CE3">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="58"/>
+                <w:szCs w:val="58"/>
+              </w:rPr>
+              <w:t>SPECTRUM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E21CF1" w:rsidRPr="00283FAE" w14:paraId="2D2E4781" w14:textId="77777777" w:rsidTr="00A618F5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1856" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A8916E1" w14:textId="68D0DCD9" w:rsidR="00E21CF1" w:rsidRPr="00283FAE" w:rsidRDefault="00E21CF1" w:rsidP="00414838">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6408" w:type="dxa"/>
+            <w:tcW w:w="3144" w:type="pct"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="72186423" w14:textId="77777777" w:rsidR="00E21CF1" w:rsidRPr="002D3936" w:rsidRDefault="00E21CF1" w:rsidP="00414838">
+          <w:p w14:paraId="283FA875" w14:textId="6FE95EB1" w:rsidR="00140CE3" w:rsidRPr="00140CE3" w:rsidRDefault="00140CE3" w:rsidP="00414838">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:szCs w:val="50"/>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="58"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E21CF1" w:rsidRPr="00283FAE" w14:paraId="49A2183F" w14:textId="77777777" w:rsidTr="00181BD8">
-[...216 lines deleted...]
-      <w:tr w:rsidR="00E21CF1" w:rsidRPr="00283FAE" w14:paraId="44146108" w14:textId="77777777" w:rsidTr="00181BD8">
+      <w:tr w:rsidR="00E21CF1" w:rsidRPr="00283FAE" w14:paraId="44146108" w14:textId="77777777" w:rsidTr="00A618F5">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9752" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="558AACCF" w14:textId="3066265F" w:rsidR="00E21CF1" w:rsidRPr="00FC4171" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="58"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>This is the Template File (</w:t>
             </w:r>
             <w:r w:rsidRPr="002D3936">
@@ -366,187 +506,208 @@
               <w:t>First Letter Of Each Word</w:t>
             </w:r>
             <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E21CF1" w:rsidRPr="00283FAE" w14:paraId="61D07DC7" w14:textId="77777777" w:rsidTr="00181BD8">
+      <w:tr w:rsidR="00E21CF1" w:rsidRPr="00283FAE" w14:paraId="61D07DC7" w14:textId="77777777" w:rsidTr="00A618F5">
         <w:trPr>
           <w:trHeight w:val="835"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9752" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="5CDB55F5" w14:textId="3AAE94BA" w:rsidR="00E21CF1" w:rsidRDefault="002D3936" w:rsidP="00414838">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>James Clerk M</w:t>
+              <w:t xml:space="preserve">James Clerk </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>M</w:t>
             </w:r>
             <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>axwell</w:t>
             </w:r>
             <w:r w:rsidR="00E21CF1" w:rsidRPr="00283FAE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00E21CF1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidR="00E21CF1" w:rsidRPr="00283FAE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2387435F" wp14:editId="22FCA15E">
                   <wp:extent cx="161925" cy="161925"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                   <wp:docPr id="20" name="Picture 1">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId10"/>
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId12"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="13" name="Picture 1">
-                            <a:hlinkClick r:id="rId11"/>
+                            <a:hlinkClick r:id="rId13"/>
                           </pic:cNvPr>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId12" cstate="print">
+                          <a:blip r:embed="rId14" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="161925" cy="161925"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w14:paraId="657D80FA" w14:textId="0D969B95" w:rsidR="00E21CF1" w:rsidRPr="002D3936" w:rsidRDefault="00E21CF1" w:rsidP="00414838">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Department of </w:t>
+              <w:t>Department</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002D3936">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:r w:rsidR="002D3936" w:rsidRPr="002D3936">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>xxx</w:t>
             </w:r>
             <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Engineering, </w:t>
             </w:r>
             <w:r w:rsidR="005A45D8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
@@ -609,151 +770,170 @@
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Email:</w:t>
             </w:r>
             <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidR="002D3936" w:rsidRPr="002D3936">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>xxxx@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="4E16F562" w14:textId="77777777" w:rsidR="00E21CF1" w:rsidRPr="00DA3D94" w:rsidRDefault="00E21CF1" w:rsidP="00414838">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="58"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D3936" w:rsidRPr="00283FAE" w14:paraId="4FA42A83" w14:textId="77777777" w:rsidTr="00181BD8">
+      <w:tr w:rsidR="002D3936" w:rsidRPr="00283FAE" w14:paraId="4FA42A83" w14:textId="77777777" w:rsidTr="00A618F5">
         <w:trPr>
           <w:trHeight w:val="835"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9752" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="784F9346" w14:textId="02DB62C5" w:rsidR="002D3936" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>James Clerk M</w:t>
+              <w:t xml:space="preserve">James Clerk </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>M</w:t>
             </w:r>
             <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>axwell</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>2*</w:t>
+              <w:t>2</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>*</w:t>
             </w:r>
             <w:r w:rsidRPr="00283FAE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22855D19" wp14:editId="71514166">
                   <wp:extent cx="161925" cy="161925"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                   <wp:docPr id="4" name="Picture 1">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId10"/>
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId12"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="13" name="Picture 1">
-                            <a:hlinkClick r:id="rId11"/>
+                            <a:hlinkClick r:id="rId13"/>
                           </pic:cNvPr>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId12" cstate="print">
+                          <a:blip r:embed="rId14" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="161925" cy="161925"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
@@ -844,83 +1024,83 @@
                 <w:rStyle w:val="Hyperlink"/>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Email:</w:t>
             </w:r>
             <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidRPr="002D3936">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>xxxx@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="3C778132" w14:textId="77777777" w:rsidR="002D3936" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D3936" w:rsidRPr="00A467FE" w14:paraId="4B99C513" w14:textId="77777777" w:rsidTr="00181BD8">
+      <w:tr w:rsidR="002D3936" w:rsidRPr="00A467FE" w14:paraId="4B99C513" w14:textId="77777777" w:rsidTr="00A618F5">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9752" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16761895" w14:textId="08033870" w:rsidR="002D3936" w:rsidRPr="00A467FE" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A467FE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>* Corresponding author</w:t>
             </w:r>
             <w:r w:rsidR="00D67239">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
@@ -931,556 +1111,596 @@
             <w:r w:rsidRPr="00A467FE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> e-mail address:</w:t>
             </w:r>
             <w:r w:rsidRPr="00A467FE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>xxx@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D3936" w:rsidRPr="00A467FE" w14:paraId="21BA9E98" w14:textId="77777777" w:rsidTr="00181BD8">
+      <w:tr w:rsidR="002D3936" w:rsidRPr="00A467FE" w14:paraId="21BA9E98" w14:textId="77777777" w:rsidTr="00A618F5">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9752" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="652A458A" w14:textId="77777777" w:rsidR="002D3936" w:rsidRPr="00A467FE" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D3936" w:rsidRPr="00A467FE" w14:paraId="6B180DD8" w14:textId="77777777" w:rsidTr="00181BD8">
+      <w:tr w:rsidR="00A618F5" w:rsidRPr="00A467FE" w14:paraId="6B180DD8" w14:textId="77777777" w:rsidTr="00A618F5">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1009" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="504" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F62F06F" w14:textId="77777777" w:rsidR="002D3936" w:rsidRPr="00E97B6A" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="tr-TR" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97B6A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Received:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcW w:w="1352" w:type="pct"/>
+            <w:tcMar>
+              <w:left w:w="144" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61AE832D" w14:textId="6407CC9C" w:rsidR="002D3936" w:rsidRPr="002D3936" w:rsidRDefault="002D3936" w:rsidP="005468C2">
+          <w:p w14:paraId="61AE832D" w14:textId="7E4104CF" w:rsidR="002D3936" w:rsidRPr="002D3936" w:rsidRDefault="00025727" w:rsidP="005468C2">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="-110"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>xx</w:t>
             </w:r>
-            <w:r w:rsidRPr="002D3936">
+            <w:r w:rsidR="002D3936" w:rsidRPr="002D3936">
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="002D3936">
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>January</w:t>
             </w:r>
-            <w:r w:rsidRPr="002D3936">
+            <w:r w:rsidR="002D3936" w:rsidRPr="002D3936">
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 202</w:t>
             </w:r>
-            <w:r w:rsidR="005468C2">
+            <w:r w:rsidR="00C07CBC">
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="533" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EEB3FAB" w14:textId="77777777" w:rsidR="002D3936" w:rsidRPr="007354B2" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="533" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21F679A9" w14:textId="77777777" w:rsidR="002D3936" w:rsidRPr="007354B2" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1256" w:type="dxa"/>
+            <w:tcW w:w="594" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07A609A9" w14:textId="77777777" w:rsidR="002D3936" w:rsidRPr="007354B2" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:tcW w:w="1484" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07CD53E4" w14:textId="77777777" w:rsidR="002D3936" w:rsidRPr="007354B2" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007354B2">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Research Article</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D3936" w:rsidRPr="00A467FE" w14:paraId="1E86B00A" w14:textId="77777777" w:rsidTr="00181BD8">
+      <w:tr w:rsidR="00A618F5" w:rsidRPr="00A467FE" w14:paraId="1E86B00A" w14:textId="77777777" w:rsidTr="00A618F5">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1009" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="504" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14D80445" w14:textId="77777777" w:rsidR="002D3936" w:rsidRPr="00E97B6A" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="tr-TR" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97B6A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Revised:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcW w:w="1352" w:type="pct"/>
+            <w:tcMar>
+              <w:left w:w="144" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E2874A7" w14:textId="01665E3F" w:rsidR="002D3936" w:rsidRPr="002D3936" w:rsidRDefault="002D3936" w:rsidP="002D3936">
+          <w:p w14:paraId="3E2874A7" w14:textId="18D22BEA" w:rsidR="002D3936" w:rsidRPr="002D3936" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="-110"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>xx</w:t>
             </w:r>
             <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>January</w:t>
             </w:r>
-            <w:r w:rsidR="005468C2">
+            <w:r w:rsidR="00C07CBC">
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 2023</w:t>
+              <w:t xml:space="preserve"> 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="533" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="310FFD3D" w14:textId="77777777" w:rsidR="002D3936" w:rsidRPr="007354B2" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="533" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D72ED71" w14:textId="77777777" w:rsidR="002D3936" w:rsidRPr="007354B2" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1256" w:type="dxa"/>
+            <w:tcW w:w="594" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D0BF18D" w14:textId="77777777" w:rsidR="002D3936" w:rsidRPr="007354B2" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:tcW w:w="1484" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E3E7E78" w14:textId="6816CA06" w:rsidR="002D3936" w:rsidRPr="007354B2" w:rsidRDefault="002D3936" w:rsidP="002D3936">
+          <w:p w14:paraId="5E3E7E78" w14:textId="7285DFF9" w:rsidR="002D3936" w:rsidRPr="007354B2" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="005759D5">
+            <w:r w:rsidR="00C07CBC">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>Vol.1 / No.1 / 2024</w:t>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="002D3936">
+              <w:t>Vol.</w:t>
+            </w:r>
+            <w:r w:rsidR="008C5583">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
+              <w:t xml:space="preserve"> 5</w:t>
+            </w:r>
+            <w:r w:rsidR="00C07CBC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / No.</w:t>
+            </w:r>
+            <w:r w:rsidR="008C5583">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C07CBC">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1 / 2026</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D3936">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve">                                                            </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D3936" w:rsidRPr="00A467FE" w14:paraId="61D5C425" w14:textId="77777777" w:rsidTr="00181BD8">
+      <w:tr w:rsidR="00A618F5" w:rsidRPr="00A467FE" w14:paraId="61D5C425" w14:textId="77777777" w:rsidTr="00A618F5">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1009" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="504" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="301C3F6F" w14:textId="77777777" w:rsidR="002D3936" w:rsidRPr="00E97B6A" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="tr-TR" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97B6A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Accepted:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2335" w:type="dxa"/>
+            <w:tcW w:w="1352" w:type="pct"/>
+            <w:tcMar>
+              <w:left w:w="144" w:type="dxa"/>
+            </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46BA49F5" w14:textId="4696C721" w:rsidR="002D3936" w:rsidRPr="002D3936" w:rsidRDefault="002D3936" w:rsidP="002D3936">
+          <w:p w14:paraId="46BA49F5" w14:textId="0A701E8F" w:rsidR="002D3936" w:rsidRPr="002D3936" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="-110"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>xx January</w:t>
             </w:r>
-            <w:r w:rsidR="005468C2">
+            <w:r w:rsidR="00C07CBC">
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 2023</w:t>
+              <w:t xml:space="preserve"> 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="533" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73B42487" w14:textId="77777777" w:rsidR="002D3936" w:rsidRPr="007354B2" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1117" w:type="dxa"/>
+            <w:tcW w:w="533" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60EA37CB" w14:textId="77777777" w:rsidR="002D3936" w:rsidRPr="007354B2" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1256" w:type="dxa"/>
+            <w:tcW w:w="594" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="146B3E31" w14:textId="77777777" w:rsidR="002D3936" w:rsidRPr="007354B2" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2918" w:type="dxa"/>
+            <w:tcW w:w="1484" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="713D904D" w14:textId="38020782" w:rsidR="002D3936" w:rsidRPr="002D3936" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Doi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002D3936">
@@ -1491,70 +1711,70 @@
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>xxxxxx</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D3936" w14:paraId="0C88573A" w14:textId="77777777" w:rsidTr="00181BD8">
+      <w:tr w:rsidR="002D3936" w14:paraId="0C88573A" w14:textId="77777777" w:rsidTr="00A618F5">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9752" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="60D2A81D" w14:textId="77777777" w:rsidR="002D3936" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D3936" w14:paraId="05688228" w14:textId="77777777" w:rsidTr="00181BD8">
+      <w:tr w:rsidR="002D3936" w14:paraId="05688228" w14:textId="77777777" w:rsidTr="00A618F5">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9752" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w14:paraId="6586F4C1" w14:textId="33A06592" w:rsidR="002D3936" w:rsidRPr="00DA3D94" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times-Roman;Times New Roman" w:hAnsi="Times-Roman;Times New Roman" w:cs="Times-Roman;Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E70AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times-Roman;Times New Roman" w:hAnsi="Times-Roman;Times New Roman" w:cs="Times-Roman;Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Abstract:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times-Roman;Times New Roman" w:hAnsi="Times-Roman;Times New Roman" w:cs="Times-Roman;Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -1644,143 +1864,144 @@
                 <w:rFonts w:ascii="Times-Roman;Times New Roman" w:hAnsi="Times-Roman;Times New Roman" w:cs="Times-Roman;Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0 words. The abstract should be informative by referring study aims,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times-Roman;Times New Roman" w:hAnsi="Times-Roman;Times New Roman" w:cs="Times-Roman;Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> the methodology,</w:t>
             </w:r>
             <w:r w:rsidRPr="00F50FCB">
               <w:rPr>
                 <w:rFonts w:ascii="Times-Roman;Times New Roman" w:hAnsi="Times-Roman;Times New Roman" w:cs="Times-Roman;Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> the instruments, the major findings and the implications of the study.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D3936" w14:paraId="1EEC7C23" w14:textId="77777777" w:rsidTr="00181BD8">
+      <w:tr w:rsidR="002D3936" w14:paraId="1EEC7C23" w14:textId="77777777" w:rsidTr="00A618F5">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9752" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1555FD8B" w14:textId="2150279C" w:rsidR="002D3936" w:rsidRPr="00CA2944" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E70AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times-Roman;Times New Roman" w:hAnsi="Times-Roman;Times New Roman" w:cs="Times-Roman;Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Keywords:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times-Roman;Times New Roman" w:hAnsi="Times-Roman;Times New Roman" w:cs="Times-Roman;Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CA2944">
               <w:rPr>
                 <w:rFonts w:ascii="Times-Roman;Times New Roman" w:hAnsi="Times-Roman;Times New Roman" w:cs="Times-Roman;Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3-5 keywords should be given</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times-Roman;Times New Roman" w:hAnsi="Times-Roman;Times New Roman" w:cs="Times-Roman;Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D3936" w14:paraId="24E1C4DC" w14:textId="77777777" w:rsidTr="00181BD8">
+      <w:tr w:rsidR="002D3936" w14:paraId="24E1C4DC" w14:textId="77777777" w:rsidTr="00A618F5">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="998" w:type="dxa"/>
-            <w:vAlign w:val="bottom"/>
+            <w:tcW w:w="504" w:type="pct"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BBE96D6" w14:textId="2C3DDA36" w:rsidR="002D3936" w:rsidRPr="005E70AE" w:rsidRDefault="002D3936" w:rsidP="002D3936">
+          <w:p w14:paraId="2BBE96D6" w14:textId="2C3DDA36" w:rsidR="002D3936" w:rsidRPr="005E70AE" w:rsidRDefault="002D3936" w:rsidP="00A93069">
             <w:pPr>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times-Roman;Times New Roman" w:hAnsi="Times-Roman;Times New Roman" w:cs="Times-Roman;Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F72792">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Cite this paper as:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8754" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="bottom"/>
+            <w:tcW w:w="4496" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03851E23" w14:textId="70A46705" w:rsidR="002D3936" w:rsidRPr="005E70AE" w:rsidRDefault="00560434" w:rsidP="00560434">
+          <w:p w14:paraId="03851E23" w14:textId="52BE2CC6" w:rsidR="002D3936" w:rsidRPr="005E70AE" w:rsidRDefault="00560434" w:rsidP="00966293">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times-Roman;Times New Roman" w:hAnsi="Times-Roman;Times New Roman" w:cs="Times-Roman;Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F177E7">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Surname, FN</w:t>
             </w:r>
             <w:r w:rsidR="002D3936" w:rsidRPr="00F177E7">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.,</w:t>
@@ -1803,267 +2024,338 @@
             </w:r>
             <w:r w:rsidRPr="00F177E7">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F177E7">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>The name of the article</w:t>
             </w:r>
             <w:r w:rsidR="002D3936" w:rsidRPr="00F72792">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:r w:rsidR="002D3936" w:rsidRPr="00F72792">
+            <w:r w:rsidR="00966293" w:rsidRPr="005E4848">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Transactions o</w:t>
+            </w:r>
+            <w:r w:rsidR="002D3936" w:rsidRPr="005E4848">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>n Electromagnetic Spectrum</w:t>
+            </w:r>
+            <w:r w:rsidR="005E4848">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transactions On Electromagnetic Spectrum </w:t>
-            </w:r>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="002D3936" w:rsidRPr="00F72792">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00560434">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>202x; x(x): x-x</w:t>
+              <w:t>202x</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00560434">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>; x(x): x-x</w:t>
             </w:r>
             <w:r w:rsidR="002D3936" w:rsidRPr="00560434">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="002D3936" w:rsidRPr="00560434">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Doi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="002D3936" w:rsidRPr="00560434">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00560434">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>xxxxxx</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D3936" w14:paraId="02A3B717" w14:textId="77777777" w:rsidTr="00181BD8">
+      <w:tr w:rsidR="002D3936" w14:paraId="02A3B717" w14:textId="77777777" w:rsidTr="00A618F5">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9752" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="71631EDB" w14:textId="2A56597B" w:rsidR="002D3936" w:rsidRPr="00181BD8" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times-Roman;Times New Roman" w:hAnsi="Times-Roman;Times New Roman" w:cs="Times-Roman;Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2266E146" w14:textId="73508AA4" w:rsidR="00D34907" w:rsidRPr="00D34907" w:rsidRDefault="00D34907" w:rsidP="007540AF">
+    <w:p w14:paraId="2266E146" w14:textId="73508AA4" w:rsidR="00D34907" w:rsidRPr="00D34907" w:rsidRDefault="00D34907" w:rsidP="00966293">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00D34907">
         <w:t>1. INTRODUCTION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FD7FED6" w14:textId="39EE648E" w:rsidR="00E31BED" w:rsidRDefault="00E31BED" w:rsidP="007540AF">
+    <w:p w14:paraId="7FD7FED6" w14:textId="02F6FC2B" w:rsidR="00E31BED" w:rsidRDefault="00E31BED" w:rsidP="007540AF">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00052CF2">
         <w:t xml:space="preserve">In taking a step toward expediting the publication process, </w:t>
       </w:r>
+      <w:r w:rsidR="00966293">
+        <w:t>Transactions o</w:t>
+      </w:r>
       <w:r>
-        <w:t>Transactions On Electromagnetic Spectrum</w:t>
+        <w:t>n Electromagnetic Spectrum</w:t>
       </w:r>
       <w:r w:rsidRPr="00052CF2">
         <w:t xml:space="preserve"> uses a web-ba</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">sed submission and peer-review. </w:t>
       </w:r>
       <w:r w:rsidRPr="00052CF2">
         <w:t>If you have not already create an account, create an account (register) for y</w:t>
       </w:r>
       <w:r w:rsidR="00070365">
         <w:t>ourself in the system at the right</w:t>
       </w:r>
       <w:r w:rsidRPr="00052CF2">
         <w:t xml:space="preserve"> side of the page: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="007540AF" w:rsidRPr="00CA18AB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t>https://tesjournal.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2FFC60D3" w14:textId="17DB881E" w:rsidR="00E31BED" w:rsidRDefault="00E31BED" w:rsidP="007540AF">
+    <w:p w14:paraId="2FFC60D3" w14:textId="0BACB743" w:rsidR="00E31BED" w:rsidRDefault="00E31BED" w:rsidP="007540AF">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00052CF2">
         <w:t>To monitor the progress of your manuscript throughout the review process, just login our system periodically and check your status of paper</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B2D98CA" w14:textId="77777777" w:rsidR="00D67239" w:rsidRDefault="007540AF" w:rsidP="007540AF">
+    <w:p w14:paraId="494ABB44" w14:textId="77777777" w:rsidR="007E30F9" w:rsidRDefault="007540AF" w:rsidP="007E30F9">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007540AF">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">The Introduction should contain the literature description on the studied matter. When preparing your manuscript, please use and </w:t>
       </w:r>
       <w:r w:rsidR="00070365">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>follow our template. T</w:t>
       </w:r>
       <w:r w:rsidRPr="007540AF">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>ES employs an anonymous review policy (i.e., masked review). Therefore, the author's (authors’) name(s) and affiliation and ORCID number should not appear on any part of the article.</w:t>
+        <w:t xml:space="preserve">ES employs an anonymous review policy (i.e., masked review). Therefore, the author's (authors’) name(s) and affiliation and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007540AF">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ORCID</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007540AF">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> number should not appear on any part of the article.</w:t>
       </w:r>
       <w:r w:rsidR="00D67239">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="007540AF">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Prepare your manuscript and illustrations in appropriate format, according to the instructions given below. Please also be sure that your paper conforms to the scientific and style instructions of the Journal, given below here</w:t>
+      </w:r>
+      <w:r w:rsidR="007E30F9">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="28E6739C" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="007540AF" w:rsidRDefault="007540AF" w:rsidP="007540AF">
-[...15 lines deleted...]
-        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
+    <w:p w14:paraId="5C01A397" w14:textId="24722038" w:rsidR="007540AF" w:rsidRDefault="007540AF" w:rsidP="007E30F9">
+      <w:pPr>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007540AF">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Each article should include an informative, comprehensive abstract of 150 to 250 words with 10 pts. The abstract should explain the critical information related to the paper's aim, methodology, findings, results, and conclusions. Three - five key words should also be given after the abstract.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79D20A20" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
+    <w:p w14:paraId="79D20A20" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="00BA315D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00052CF2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>1.1. General Rules</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09DB5C5F" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:r w:rsidRPr="00052CF2">
-        <w:t xml:space="preserve">The manuscript should be typed in using MS Word (6.0 or latest versions), A4 (21x29,7 cm.) paper size, Times New Roman (Font) and 11 pts (excludes, Title and abstract), single spaced with 2 cm margins on all sides and align full. </w:t>
+        <w:t xml:space="preserve">The manuscript should be typed in using MS Word (6.0 or latest versions), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00052CF2">
+        <w:t>A4</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00052CF2">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00052CF2">
+        <w:t>21x29,7</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00052CF2">
+        <w:t xml:space="preserve"> cm.) paper size, Times New Roman (Font) and 11 pts (excludes, Title and abstract), single spaced with 2 cm margins on all sides and align full. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F736DF8" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:r w:rsidRPr="00052CF2">
         <w:t>The Tables and the References should be prepared by using Times New Roman (10 pts).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A4EAB8B" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:r w:rsidRPr="00052CF2">
         <w:t>There should be single space after headings.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4717D547" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:r w:rsidRPr="00052CF2">
         <w:t xml:space="preserve">The authors should not use any page numbers in their manuscripts. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="446F1BCF" w14:textId="4511C2D6" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:r w:rsidRPr="00052CF2">
         <w:t>Appendixes should be placed at the end of the manuscript, after the reference list.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="758AA3D8" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
@@ -2134,116 +2426,105 @@
       <w:r w:rsidRPr="00052CF2">
         <w:t xml:space="preserve">Tables and Equations should be given in the same page (not separate pages). If any of them is long as a whole page, it should be given into the </w:t>
       </w:r>
       <w:r w:rsidRPr="00052CF2">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Appendixes</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DC094E3" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">2.2.1. </w:t>
       </w:r>
       <w:r w:rsidRPr="00052CF2">
         <w:t>For figures</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="201C92B9" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
+    <w:p w14:paraId="201C92B9" w14:textId="626DF3D2" w:rsidR="007540AF" w:rsidRDefault="007540AF" w:rsidP="007E41CA">
       <w:r w:rsidRPr="00052CF2">
         <w:t xml:space="preserve">Number all figures with </w:t>
       </w:r>
       <w:r w:rsidRPr="008A54EB">
         <w:t>Arabic</w:t>
       </w:r>
       <w:r w:rsidRPr="00052CF2">
         <w:t xml:space="preserve"> numerals sequentially. The resolution should be sufficient two read in English. The figure names should be given below the Figure and the name “figure” should be italicized. An example is presented below:</w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="351F88DC" w14:textId="693D6465" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r w:rsidRPr="00BB61FF">
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t>Figure 1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB61FF">
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> The name of figure</w:t>
       </w:r>
       <w:r w:rsidRPr="00052CF2">
         <w:t xml:space="preserve">--------- </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15D22CF4" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00052CF2">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The figure captions should contain short but sufficient info with all parameters. Photos can also be accepted. The figure caption should be at the same page with the figure itself.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B134CA1" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
+    <w:p w14:paraId="3B134CA1" w14:textId="76FDC26D" w:rsidR="007540AF" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">2.2.2. </w:t>
       </w:r>
       <w:r w:rsidRPr="00052CF2">
         <w:t>For tables</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E6F9AF8" w14:textId="0655F4F6" w:rsidR="007540AF" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00052CF2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -2254,85 +2535,50 @@
       <w:r w:rsidRPr="00052CF2">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00052CF2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The table names should be placed above the table. There should be the word “Table” and the brief explanation of title should be found</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and italicized.</w:t>
       </w:r>
-    </w:p>
-[...33 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="37A1E4DD" w14:textId="43B10C27" w:rsidR="007540AF" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB61FF">
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t>Table 1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB61FF">
         <w:rPr>
           <w:i w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> The name of table-</w:t>
       </w:r>
       <w:r w:rsidRPr="00052CF2">
         <w:t>--------</w:t>
       </w:r>
@@ -2891,94 +3137,95 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13F56B0A" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="004303F9">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00052CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3BE02951" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
+    <w:p w14:paraId="3BE02951" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007E41CA">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00052CF2">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The table caption should be at the same page with the figure itself.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="219DEB09" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00B57E31" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00B57E31">
+        <w:lastRenderedPageBreak/>
         <w:t>2.2.3. For equations</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="424E6D3E" w14:textId="4CDF2932" w:rsidR="007540AF" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00052CF2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>See some examples as:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="283C3BCE" w14:textId="7B045F89" w:rsidR="005A45D8" w:rsidRPr="005A45D8" w:rsidRDefault="00DE7CF2" w:rsidP="005A45D8">
+    <w:p w14:paraId="283C3BCE" w14:textId="7B045F89" w:rsidR="005A45D8" w:rsidRPr="005A45D8" w:rsidRDefault="00EB2BC9" w:rsidP="007E30F9">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <m:oMath>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3473,83 +3720,109 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="76060B56" w14:textId="7DA9EBB0" w:rsidR="002502EE" w:rsidRDefault="002502EE" w:rsidP="0019165A">
       <w:pPr>
         <w:pStyle w:val="34-SciencePG-References-content"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0003249B">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Teksar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0003249B">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, A. Y. Crescent-Shaped Monopole Antenna for WLAN Band. </w:t>
+        <w:t xml:space="preserve">, A. Y. Crescent-Shaped Monopole Antenna for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0003249B">
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>WLAN</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0003249B">
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Band. </w:t>
       </w:r>
       <w:r w:rsidRPr="0003249B">
         <w:rPr>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Transactions on Electromagnetic Spectrum</w:t>
       </w:r>
       <w:r w:rsidR="00617DA5" w:rsidRPr="0003249B">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2022;</w:t>
       </w:r>
       <w:r w:rsidRPr="0003249B">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1(1), 1–4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="0003249B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="20"/>
           </w:rPr>
-          <w:t>doi.org/10.5281/zenodo.6643727</w:t>
+          <w:t>doi.org/10.5281/</w:t>
         </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="0003249B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="0070C0"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:t>zenodo.6643727</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="0003249B">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AC3B805" w14:textId="4095C12C" w:rsidR="0003249B" w:rsidRDefault="0003249B" w:rsidP="0019165A">
       <w:pPr>
         <w:pStyle w:val="34-SciencePG-References-content"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0019165A">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Books: </w:t>
       </w:r>
@@ -3732,447 +4005,394 @@
         </w:rPr>
         <w:t>Bizon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0016776A">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> N, Kurt E, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0016776A">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Iana</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0016776A">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> G. Airflow real-time optimization strategy for fuel cell hybrid power sources with fuel flow based on load following. In: ECRES 2017 5. European Conference on Renewable Energy Systems; 27-30 August 2017: </w:t>
+        <w:t xml:space="preserve"> G. Airflow real-time optimization strategy for fuel cell hybrid power sources with fuel flow based on load following. In: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0016776A">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Vizyon</w:t>
+        <w:t>ECRES</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0016776A">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve"> 2017 5. European Conference on Renewable Energy Systems; 27-30 August 2017: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0016776A">
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Vizyon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0016776A">
+        <w:rPr>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Publishing House, pp. 222-230.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06F5BE57" w14:textId="14354274" w:rsidR="00252BD0" w:rsidRDefault="00252BD0" w:rsidP="00E87B2A">
       <w:pPr>
         <w:pStyle w:val="34-SciencePG-References-content"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="052156F1" w14:textId="2CD5C3B7" w:rsidR="00DE6785" w:rsidRPr="00F45C38" w:rsidRDefault="006F5E1E" w:rsidP="00DE6785">
       <w:pPr>
         <w:keepNext/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">                     </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00DE6785" w:rsidRPr="00F45C38" w:rsidSect="00B14131">
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId19"/>
+    <w:sectPr w:rsidR="00DE6785" w:rsidRPr="00F45C38" w:rsidSect="00B932B0">
+      <w:headerReference w:type="default" r:id="rId19"/>
+      <w:footerReference w:type="default" r:id="rId20"/>
+      <w:footerReference w:type="first" r:id="rId21"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="851" w:right="1134" w:bottom="1134" w:left="1134" w:header="227" w:footer="397" w:gutter="0"/>
+      <w:pgMar w:top="864" w:right="1152" w:bottom="864" w:left="1152" w:header="576" w:footer="288" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6378F28F" w14:textId="77777777" w:rsidR="00DE7CF2" w:rsidRDefault="00DE7CF2" w:rsidP="00975563">
+    <w:p w14:paraId="3EAA2C0C" w14:textId="77777777" w:rsidR="00EB2BC9" w:rsidRDefault="00EB2BC9" w:rsidP="00975563">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0435711B" w14:textId="77777777" w:rsidR="00DE7CF2" w:rsidRDefault="00DE7CF2" w:rsidP="00975563">
+    <w:p w14:paraId="45573962" w14:textId="77777777" w:rsidR="00EB2BC9" w:rsidRDefault="00EB2BC9" w:rsidP="00975563">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="80"/>
-    <w:family w:val="swiss"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Univers">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="ＭＳ 明朝"/>
+    <w:altName w:val="Yu Gothic UI"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times-Roman;Times New Roman">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="65A84B66" w14:textId="0764394C" w:rsidR="00041712" w:rsidRDefault="00041712" w:rsidP="00041712">
+  <w:p w14:paraId="79550AB8" w14:textId="77777777" w:rsidR="00A10018" w:rsidRPr="007B6160" w:rsidRDefault="00A10018" w:rsidP="00A10018">
     <w:pPr>
       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...1 lines deleted...]
-        <w:rFonts w:cs="Times New Roman"/>
+    <w:r w:rsidRPr="00B932B0">
+      <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t xml:space="preserve">This work is licensed under a Creative Commons Attribution 4.0 License. For more information: </w:t>
+      <w:t xml:space="preserve">© 2026 The Author(s). This work is licensed under CC BY-NC 4.0 | </w:t>
     </w:r>
     <w:hyperlink r:id="rId1" w:history="1">
-      <w:r w:rsidR="00613357" w:rsidRPr="0032483A">
+      <w:r w:rsidRPr="00CF6F79">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>https://creativecommons.org/licenses/by-nc/4.0/</w:t>
       </w:r>
     </w:hyperlink>
     <w:r>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t xml:space="preserve">,    </w:t>
-[...28 lines deleted...]
-      <w:t>www.tesjournal.com</w:t>
+      <w:t>,                                                      www.tesjournal.com</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="12F9169E" w14:textId="0EE2FCE0" w:rsidR="00041712" w:rsidRDefault="00041712" w:rsidP="00041712">
+  <w:p w14:paraId="6E22493B" w14:textId="600CB981" w:rsidR="007B6160" w:rsidRPr="007B6160" w:rsidRDefault="00B932B0" w:rsidP="007B6160">
     <w:pPr>
       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...1 lines deleted...]
-        <w:rFonts w:cs="Times New Roman"/>
+    <w:r w:rsidRPr="00B932B0">
+      <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t xml:space="preserve">This work is licensed under a Creative Commons Attribution 4.0 License. For more information: </w:t>
+      <w:t xml:space="preserve">© 2026 The Author(s). This work is licensed under CC BY-NC 4.0 | </w:t>
     </w:r>
     <w:hyperlink r:id="rId1" w:history="1">
-      <w:r w:rsidR="00613357" w:rsidRPr="0032483A">
+      <w:r w:rsidRPr="00CF6F79">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>https://creativecommons.org/licenses/by-nc/4.0/</w:t>
       </w:r>
     </w:hyperlink>
     <w:r>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t xml:space="preserve">,    </w:t>
-[...28 lines deleted...]
-      <w:t>www.tesjournal.com</w:t>
+      <w:t>,                                                      www.tesjournal.com</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="35A696E2" w14:textId="77777777" w:rsidR="00DE7CF2" w:rsidRDefault="00DE7CF2" w:rsidP="00975563">
+    <w:p w14:paraId="7569623E" w14:textId="77777777" w:rsidR="00EB2BC9" w:rsidRDefault="00EB2BC9" w:rsidP="00975563">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6F2843E1" w14:textId="77777777" w:rsidR="00DE7CF2" w:rsidRDefault="00DE7CF2" w:rsidP="00975563">
+    <w:p w14:paraId="5AD73697" w14:textId="77777777" w:rsidR="00EB2BC9" w:rsidRDefault="00EB2BC9" w:rsidP="00975563">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="7E156A3C" w14:textId="77777777" w:rsidR="005B3578" w:rsidRDefault="005B3578" w:rsidP="008D746A">
-[...8 lines deleted...]
-  </w:p>
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:id w:val="1295258435"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="16998852" w14:textId="6B4046FE" w:rsidR="00B14131" w:rsidRPr="00F700C8" w:rsidRDefault="008B6EBD" w:rsidP="008B6EBD">
+      <w:p w14:paraId="16998852" w14:textId="7C4BC795" w:rsidR="00B14131" w:rsidRPr="00F700C8" w:rsidRDefault="008B6EBD" w:rsidP="008B6EBD">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:spacing w:after="100"/>
           <w:jc w:val="left"/>
         </w:pPr>
         <w:r w:rsidRPr="00404BFC">
           <w:rPr>
             <w:b/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve">TES JOURNAL  </w:t>
         </w:r>
         <w:r w:rsidR="00061B98">
           <w:rPr>
             <w:b/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve">                   </w:t>
         </w:r>
         <w:r w:rsidRPr="00404BFC">
           <w:rPr>
             <w:b/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve">    </w:t>
@@ -4228,51 +4448,51 @@
         </w:r>
         <w:r w:rsidR="00B14131" w:rsidRPr="00F700C8">
           <w:rPr>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00B14131" w:rsidRPr="00F700C8">
           <w:rPr>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r w:rsidR="00B14131" w:rsidRPr="00F700C8">
           <w:rPr>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005759D5">
+        <w:r w:rsidR="001C46A1">
           <w:rPr>
             <w:bCs/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00B14131" w:rsidRPr="00F700C8">
           <w:rPr>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
@@ -8350,213 +8570,223 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="31">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="32">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="33">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="34">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="35">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="36">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="160"/>
+  <w:zoom w:percent="130"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="tr-TR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2MjUyMTQ0NjOxsLQ0tTBU0lEKTi0uzszPAymwqAUAhC4YoiwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00975563"/>
     <w:rsid w:val="00002407"/>
     <w:rsid w:val="000055EF"/>
     <w:rsid w:val="000066B8"/>
     <w:rsid w:val="00016CCE"/>
     <w:rsid w:val="00023120"/>
+    <w:rsid w:val="00025727"/>
     <w:rsid w:val="00030414"/>
     <w:rsid w:val="0003249B"/>
     <w:rsid w:val="00041712"/>
     <w:rsid w:val="000512D6"/>
     <w:rsid w:val="00052CE1"/>
     <w:rsid w:val="00052CF2"/>
     <w:rsid w:val="0005499C"/>
     <w:rsid w:val="00061B98"/>
     <w:rsid w:val="0006205E"/>
     <w:rsid w:val="00070365"/>
     <w:rsid w:val="00081ADA"/>
     <w:rsid w:val="0008453F"/>
     <w:rsid w:val="000A2107"/>
     <w:rsid w:val="000B1348"/>
     <w:rsid w:val="000B5421"/>
     <w:rsid w:val="000C2B86"/>
     <w:rsid w:val="000D0DAD"/>
     <w:rsid w:val="000D1E42"/>
     <w:rsid w:val="000E1FEC"/>
     <w:rsid w:val="000F0114"/>
     <w:rsid w:val="000F09C7"/>
     <w:rsid w:val="001103EE"/>
     <w:rsid w:val="001120D0"/>
+    <w:rsid w:val="00113093"/>
     <w:rsid w:val="00116A67"/>
     <w:rsid w:val="00122EE7"/>
     <w:rsid w:val="00136ABB"/>
     <w:rsid w:val="00137333"/>
+    <w:rsid w:val="00140CE3"/>
     <w:rsid w:val="00154378"/>
+    <w:rsid w:val="00157341"/>
     <w:rsid w:val="001575D3"/>
     <w:rsid w:val="00160168"/>
     <w:rsid w:val="00160264"/>
     <w:rsid w:val="0016776A"/>
     <w:rsid w:val="00176F79"/>
     <w:rsid w:val="001800DF"/>
     <w:rsid w:val="00181BD8"/>
     <w:rsid w:val="00185E1E"/>
     <w:rsid w:val="0019165A"/>
     <w:rsid w:val="001A0C42"/>
     <w:rsid w:val="001A6A69"/>
     <w:rsid w:val="001B37B6"/>
     <w:rsid w:val="001B4319"/>
     <w:rsid w:val="001C1FF2"/>
+    <w:rsid w:val="001C46A1"/>
     <w:rsid w:val="001D2C4E"/>
     <w:rsid w:val="001E2EB7"/>
     <w:rsid w:val="001E3D08"/>
     <w:rsid w:val="001F594C"/>
     <w:rsid w:val="00200E8E"/>
+    <w:rsid w:val="002064AF"/>
     <w:rsid w:val="002129B2"/>
     <w:rsid w:val="00214ED4"/>
     <w:rsid w:val="002176CA"/>
     <w:rsid w:val="002214CB"/>
     <w:rsid w:val="00222A59"/>
+    <w:rsid w:val="00224B24"/>
     <w:rsid w:val="00240E4B"/>
     <w:rsid w:val="002418ED"/>
     <w:rsid w:val="0024515C"/>
     <w:rsid w:val="002502EE"/>
     <w:rsid w:val="00252BD0"/>
     <w:rsid w:val="0025346F"/>
     <w:rsid w:val="002547B9"/>
     <w:rsid w:val="00254CA6"/>
     <w:rsid w:val="00261FB5"/>
     <w:rsid w:val="00270EB9"/>
     <w:rsid w:val="00272A2B"/>
     <w:rsid w:val="0027493D"/>
     <w:rsid w:val="002760E4"/>
     <w:rsid w:val="002934B0"/>
     <w:rsid w:val="002951B1"/>
     <w:rsid w:val="00296CE1"/>
     <w:rsid w:val="00296EE6"/>
     <w:rsid w:val="002A154C"/>
     <w:rsid w:val="002A53AB"/>
     <w:rsid w:val="002B2E62"/>
     <w:rsid w:val="002B67B1"/>
     <w:rsid w:val="002C17B5"/>
     <w:rsid w:val="002C3482"/>
     <w:rsid w:val="002D3895"/>
     <w:rsid w:val="002D3936"/>
     <w:rsid w:val="002E040B"/>
     <w:rsid w:val="002E2CF2"/>
     <w:rsid w:val="002E54AF"/>
     <w:rsid w:val="002F1617"/>
     <w:rsid w:val="002F2D2F"/>
     <w:rsid w:val="002F3D3C"/>
+    <w:rsid w:val="002F77C6"/>
     <w:rsid w:val="00304834"/>
     <w:rsid w:val="0030770F"/>
     <w:rsid w:val="00310CAE"/>
     <w:rsid w:val="00313D6C"/>
+    <w:rsid w:val="00321436"/>
     <w:rsid w:val="00323DA9"/>
     <w:rsid w:val="00324B30"/>
     <w:rsid w:val="0032760A"/>
     <w:rsid w:val="00330EEA"/>
     <w:rsid w:val="0033242D"/>
     <w:rsid w:val="00333C2A"/>
     <w:rsid w:val="00342205"/>
     <w:rsid w:val="003451F0"/>
     <w:rsid w:val="003465E7"/>
     <w:rsid w:val="00347554"/>
     <w:rsid w:val="0035233F"/>
     <w:rsid w:val="00352861"/>
     <w:rsid w:val="0035464C"/>
     <w:rsid w:val="00357D94"/>
     <w:rsid w:val="00362071"/>
     <w:rsid w:val="00364F66"/>
     <w:rsid w:val="00365C03"/>
     <w:rsid w:val="00366D65"/>
     <w:rsid w:val="00370327"/>
     <w:rsid w:val="0037062F"/>
     <w:rsid w:val="00385239"/>
     <w:rsid w:val="0039031A"/>
     <w:rsid w:val="00390CA6"/>
     <w:rsid w:val="0039477F"/>
     <w:rsid w:val="003947DC"/>
     <w:rsid w:val="00396E03"/>
     <w:rsid w:val="003970A0"/>
     <w:rsid w:val="003A50AE"/>
     <w:rsid w:val="003C137A"/>
     <w:rsid w:val="003C1670"/>
     <w:rsid w:val="003C6212"/>
     <w:rsid w:val="003E4211"/>
     <w:rsid w:val="003E799D"/>
     <w:rsid w:val="003F1197"/>
+    <w:rsid w:val="003F47A8"/>
     <w:rsid w:val="003F7A44"/>
     <w:rsid w:val="00404BFC"/>
     <w:rsid w:val="00412D37"/>
     <w:rsid w:val="00413B01"/>
     <w:rsid w:val="00422588"/>
     <w:rsid w:val="0043035C"/>
     <w:rsid w:val="00434ACF"/>
     <w:rsid w:val="004364AD"/>
     <w:rsid w:val="004365E8"/>
     <w:rsid w:val="004379A6"/>
     <w:rsid w:val="00441E8A"/>
     <w:rsid w:val="00450390"/>
     <w:rsid w:val="00450CF8"/>
     <w:rsid w:val="00464E9E"/>
     <w:rsid w:val="00466E44"/>
     <w:rsid w:val="00474AD0"/>
     <w:rsid w:val="0048384B"/>
     <w:rsid w:val="00484267"/>
     <w:rsid w:val="00492EF4"/>
     <w:rsid w:val="00494180"/>
     <w:rsid w:val="004962C3"/>
     <w:rsid w:val="004A319E"/>
     <w:rsid w:val="004A3CA5"/>
     <w:rsid w:val="004A50E5"/>
     <w:rsid w:val="004A7A8C"/>
@@ -8575,62 +8805,65 @@
     <w:rsid w:val="004F05D1"/>
     <w:rsid w:val="004F43AD"/>
     <w:rsid w:val="00504D89"/>
     <w:rsid w:val="00511E25"/>
     <w:rsid w:val="00513E62"/>
     <w:rsid w:val="00525FFE"/>
     <w:rsid w:val="00526EB8"/>
     <w:rsid w:val="00527158"/>
     <w:rsid w:val="005305E1"/>
     <w:rsid w:val="00531248"/>
     <w:rsid w:val="00531C9B"/>
     <w:rsid w:val="005419A2"/>
     <w:rsid w:val="005433B0"/>
     <w:rsid w:val="005438D5"/>
     <w:rsid w:val="00545C41"/>
     <w:rsid w:val="005468C2"/>
     <w:rsid w:val="00553168"/>
     <w:rsid w:val="00560434"/>
     <w:rsid w:val="0056083D"/>
     <w:rsid w:val="00560F30"/>
     <w:rsid w:val="0056125E"/>
     <w:rsid w:val="005759D5"/>
     <w:rsid w:val="005762E3"/>
     <w:rsid w:val="00581E5A"/>
     <w:rsid w:val="005937D3"/>
+    <w:rsid w:val="005963CE"/>
     <w:rsid w:val="005A110D"/>
     <w:rsid w:val="005A45D8"/>
     <w:rsid w:val="005A7D12"/>
     <w:rsid w:val="005B154B"/>
     <w:rsid w:val="005B16C6"/>
     <w:rsid w:val="005B3578"/>
     <w:rsid w:val="005C5268"/>
     <w:rsid w:val="005C7D85"/>
     <w:rsid w:val="005E283A"/>
     <w:rsid w:val="005E2CD1"/>
     <w:rsid w:val="005E348F"/>
+    <w:rsid w:val="005E4848"/>
     <w:rsid w:val="005E5790"/>
+    <w:rsid w:val="005E6610"/>
     <w:rsid w:val="005E70AE"/>
     <w:rsid w:val="005F3612"/>
     <w:rsid w:val="005F3751"/>
     <w:rsid w:val="00601BEE"/>
     <w:rsid w:val="00601F81"/>
     <w:rsid w:val="00611007"/>
     <w:rsid w:val="00611E95"/>
     <w:rsid w:val="00613357"/>
     <w:rsid w:val="00615374"/>
     <w:rsid w:val="00617DA5"/>
     <w:rsid w:val="0062015D"/>
     <w:rsid w:val="00623FC9"/>
     <w:rsid w:val="00625F51"/>
     <w:rsid w:val="006279D1"/>
     <w:rsid w:val="0063213C"/>
     <w:rsid w:val="00632919"/>
     <w:rsid w:val="00634C41"/>
     <w:rsid w:val="00645779"/>
     <w:rsid w:val="00645D58"/>
     <w:rsid w:val="00650157"/>
     <w:rsid w:val="00650848"/>
     <w:rsid w:val="006513E4"/>
     <w:rsid w:val="00657853"/>
     <w:rsid w:val="00660E33"/>
     <w:rsid w:val="00661D7A"/>
@@ -8642,353 +8875,382 @@
     <w:rsid w:val="006844C9"/>
     <w:rsid w:val="00691514"/>
     <w:rsid w:val="00692011"/>
     <w:rsid w:val="00692811"/>
     <w:rsid w:val="00695D68"/>
     <w:rsid w:val="006971A2"/>
     <w:rsid w:val="006A4345"/>
     <w:rsid w:val="006B0EDC"/>
     <w:rsid w:val="006B3F4C"/>
     <w:rsid w:val="006B5AAF"/>
     <w:rsid w:val="006B5C06"/>
     <w:rsid w:val="006C12E4"/>
     <w:rsid w:val="006C6C16"/>
     <w:rsid w:val="006D0176"/>
     <w:rsid w:val="006E0195"/>
     <w:rsid w:val="006E0344"/>
     <w:rsid w:val="006E3CC8"/>
     <w:rsid w:val="006E4C7B"/>
     <w:rsid w:val="006E4E2A"/>
     <w:rsid w:val="006F1B09"/>
     <w:rsid w:val="006F55BB"/>
     <w:rsid w:val="006F5E1E"/>
     <w:rsid w:val="006F7976"/>
     <w:rsid w:val="00705885"/>
     <w:rsid w:val="00732BDD"/>
+    <w:rsid w:val="00734DC3"/>
     <w:rsid w:val="00742965"/>
+    <w:rsid w:val="00743668"/>
     <w:rsid w:val="00753651"/>
     <w:rsid w:val="007540AF"/>
     <w:rsid w:val="00761C14"/>
     <w:rsid w:val="00766757"/>
     <w:rsid w:val="007701D2"/>
     <w:rsid w:val="00772041"/>
     <w:rsid w:val="00774352"/>
     <w:rsid w:val="007768EA"/>
     <w:rsid w:val="007849C0"/>
     <w:rsid w:val="007940E5"/>
     <w:rsid w:val="0079516C"/>
     <w:rsid w:val="007B0C2E"/>
     <w:rsid w:val="007B119D"/>
     <w:rsid w:val="007B2B37"/>
+    <w:rsid w:val="007B6160"/>
     <w:rsid w:val="007B6A0F"/>
     <w:rsid w:val="007C356B"/>
+    <w:rsid w:val="007E1297"/>
     <w:rsid w:val="007E1E48"/>
+    <w:rsid w:val="007E30F9"/>
+    <w:rsid w:val="007E41CA"/>
     <w:rsid w:val="007F7631"/>
     <w:rsid w:val="0080460A"/>
     <w:rsid w:val="0080568A"/>
     <w:rsid w:val="00813358"/>
     <w:rsid w:val="00822711"/>
     <w:rsid w:val="00836FDB"/>
     <w:rsid w:val="00843D31"/>
     <w:rsid w:val="00846B8F"/>
     <w:rsid w:val="008510E5"/>
     <w:rsid w:val="00852CF4"/>
+    <w:rsid w:val="0085580A"/>
     <w:rsid w:val="0085584D"/>
     <w:rsid w:val="00861A89"/>
     <w:rsid w:val="00863055"/>
     <w:rsid w:val="008646FC"/>
     <w:rsid w:val="00865285"/>
+    <w:rsid w:val="008654D8"/>
     <w:rsid w:val="00876542"/>
     <w:rsid w:val="008768E2"/>
     <w:rsid w:val="00883ADE"/>
     <w:rsid w:val="008873EE"/>
     <w:rsid w:val="00887D40"/>
     <w:rsid w:val="00890C48"/>
     <w:rsid w:val="008A54EB"/>
+    <w:rsid w:val="008B6899"/>
     <w:rsid w:val="008B6EBD"/>
     <w:rsid w:val="008C1376"/>
     <w:rsid w:val="008C1B35"/>
     <w:rsid w:val="008C455F"/>
+    <w:rsid w:val="008C5583"/>
     <w:rsid w:val="008D0A2B"/>
     <w:rsid w:val="008D746A"/>
     <w:rsid w:val="008E2A85"/>
     <w:rsid w:val="008E7E39"/>
     <w:rsid w:val="008F062B"/>
     <w:rsid w:val="008F5A92"/>
     <w:rsid w:val="009113D1"/>
     <w:rsid w:val="00912F49"/>
     <w:rsid w:val="00916365"/>
     <w:rsid w:val="0091680C"/>
     <w:rsid w:val="00917B79"/>
     <w:rsid w:val="0092493A"/>
     <w:rsid w:val="00934F0E"/>
     <w:rsid w:val="00936E63"/>
     <w:rsid w:val="00943109"/>
     <w:rsid w:val="00943292"/>
     <w:rsid w:val="009458A9"/>
     <w:rsid w:val="00951A96"/>
     <w:rsid w:val="00953D05"/>
     <w:rsid w:val="00956B92"/>
+    <w:rsid w:val="00960149"/>
     <w:rsid w:val="00962DB0"/>
+    <w:rsid w:val="00966293"/>
     <w:rsid w:val="00971BAD"/>
     <w:rsid w:val="00972036"/>
     <w:rsid w:val="009725FD"/>
     <w:rsid w:val="00973E70"/>
     <w:rsid w:val="00974448"/>
     <w:rsid w:val="009745F8"/>
     <w:rsid w:val="00975563"/>
     <w:rsid w:val="00976C54"/>
     <w:rsid w:val="00985A15"/>
     <w:rsid w:val="00993497"/>
     <w:rsid w:val="0099418D"/>
     <w:rsid w:val="00994D1C"/>
+    <w:rsid w:val="009A124B"/>
     <w:rsid w:val="009A2455"/>
     <w:rsid w:val="009A39B8"/>
     <w:rsid w:val="009A5EFE"/>
     <w:rsid w:val="009B6F06"/>
     <w:rsid w:val="009B70CB"/>
     <w:rsid w:val="009C1402"/>
     <w:rsid w:val="009D2644"/>
     <w:rsid w:val="009E1036"/>
     <w:rsid w:val="009F08D1"/>
     <w:rsid w:val="009F1991"/>
     <w:rsid w:val="009F4F95"/>
     <w:rsid w:val="00A02956"/>
     <w:rsid w:val="00A03A65"/>
     <w:rsid w:val="00A05F3E"/>
+    <w:rsid w:val="00A10018"/>
     <w:rsid w:val="00A14C42"/>
+    <w:rsid w:val="00A16403"/>
     <w:rsid w:val="00A30355"/>
     <w:rsid w:val="00A46B08"/>
     <w:rsid w:val="00A511AC"/>
     <w:rsid w:val="00A523AC"/>
+    <w:rsid w:val="00A60137"/>
+    <w:rsid w:val="00A618F5"/>
     <w:rsid w:val="00A65C62"/>
     <w:rsid w:val="00A714AD"/>
     <w:rsid w:val="00A71B00"/>
     <w:rsid w:val="00A71D2A"/>
     <w:rsid w:val="00A746C7"/>
     <w:rsid w:val="00A77571"/>
+    <w:rsid w:val="00A93069"/>
     <w:rsid w:val="00A94DEC"/>
     <w:rsid w:val="00A9633B"/>
     <w:rsid w:val="00AA4380"/>
     <w:rsid w:val="00AA614F"/>
     <w:rsid w:val="00AA69FC"/>
     <w:rsid w:val="00AA6D1D"/>
     <w:rsid w:val="00AB430A"/>
     <w:rsid w:val="00AB4F14"/>
     <w:rsid w:val="00AB6299"/>
     <w:rsid w:val="00AD4020"/>
     <w:rsid w:val="00AD55E2"/>
     <w:rsid w:val="00AE2124"/>
     <w:rsid w:val="00AE268B"/>
     <w:rsid w:val="00AE3FD5"/>
     <w:rsid w:val="00B068C9"/>
     <w:rsid w:val="00B14131"/>
     <w:rsid w:val="00B16E5D"/>
     <w:rsid w:val="00B21A82"/>
     <w:rsid w:val="00B21A94"/>
     <w:rsid w:val="00B24E6D"/>
     <w:rsid w:val="00B3070F"/>
     <w:rsid w:val="00B30E2F"/>
     <w:rsid w:val="00B31DD1"/>
     <w:rsid w:val="00B35464"/>
     <w:rsid w:val="00B35660"/>
     <w:rsid w:val="00B36AE0"/>
     <w:rsid w:val="00B37D89"/>
     <w:rsid w:val="00B40207"/>
     <w:rsid w:val="00B44100"/>
     <w:rsid w:val="00B524B4"/>
     <w:rsid w:val="00B57E31"/>
     <w:rsid w:val="00B672DD"/>
     <w:rsid w:val="00B86416"/>
+    <w:rsid w:val="00B901C9"/>
     <w:rsid w:val="00B91446"/>
     <w:rsid w:val="00B916E8"/>
+    <w:rsid w:val="00B932B0"/>
     <w:rsid w:val="00B964A9"/>
     <w:rsid w:val="00BA0373"/>
     <w:rsid w:val="00BA197E"/>
+    <w:rsid w:val="00BA315D"/>
     <w:rsid w:val="00BA66F4"/>
     <w:rsid w:val="00BA7953"/>
     <w:rsid w:val="00BB4A92"/>
     <w:rsid w:val="00BB61FF"/>
     <w:rsid w:val="00BC1609"/>
     <w:rsid w:val="00BC4C57"/>
     <w:rsid w:val="00BC6122"/>
     <w:rsid w:val="00BC6E53"/>
     <w:rsid w:val="00BC7471"/>
     <w:rsid w:val="00BD7D5F"/>
     <w:rsid w:val="00BE10F7"/>
     <w:rsid w:val="00BE49AF"/>
     <w:rsid w:val="00BE4E1B"/>
     <w:rsid w:val="00BE7079"/>
     <w:rsid w:val="00BF0703"/>
     <w:rsid w:val="00BF1F4E"/>
     <w:rsid w:val="00C00AEA"/>
+    <w:rsid w:val="00C02512"/>
     <w:rsid w:val="00C04068"/>
     <w:rsid w:val="00C04786"/>
+    <w:rsid w:val="00C07CBC"/>
     <w:rsid w:val="00C16331"/>
     <w:rsid w:val="00C26F32"/>
     <w:rsid w:val="00C33AD9"/>
     <w:rsid w:val="00C371BF"/>
     <w:rsid w:val="00C43CB7"/>
     <w:rsid w:val="00C476C0"/>
     <w:rsid w:val="00C515E2"/>
     <w:rsid w:val="00C62890"/>
     <w:rsid w:val="00C63A06"/>
     <w:rsid w:val="00C64657"/>
     <w:rsid w:val="00C6656E"/>
     <w:rsid w:val="00C66767"/>
     <w:rsid w:val="00C66C36"/>
     <w:rsid w:val="00C72724"/>
     <w:rsid w:val="00C74DE2"/>
     <w:rsid w:val="00C75E03"/>
     <w:rsid w:val="00C777FB"/>
     <w:rsid w:val="00C77A89"/>
     <w:rsid w:val="00C80914"/>
     <w:rsid w:val="00C85644"/>
     <w:rsid w:val="00C87BD2"/>
     <w:rsid w:val="00C93260"/>
     <w:rsid w:val="00C96D02"/>
     <w:rsid w:val="00C97367"/>
     <w:rsid w:val="00CA2944"/>
     <w:rsid w:val="00CA2D2E"/>
     <w:rsid w:val="00CA652A"/>
     <w:rsid w:val="00CB18F6"/>
+    <w:rsid w:val="00CB3D82"/>
     <w:rsid w:val="00CB4C42"/>
     <w:rsid w:val="00CC2C1E"/>
     <w:rsid w:val="00CE2A9D"/>
     <w:rsid w:val="00CF232F"/>
     <w:rsid w:val="00CF3B7F"/>
     <w:rsid w:val="00CF71B1"/>
     <w:rsid w:val="00D03856"/>
     <w:rsid w:val="00D10609"/>
     <w:rsid w:val="00D108FD"/>
     <w:rsid w:val="00D13EAC"/>
     <w:rsid w:val="00D143D9"/>
     <w:rsid w:val="00D21F18"/>
     <w:rsid w:val="00D273F6"/>
     <w:rsid w:val="00D3083D"/>
     <w:rsid w:val="00D33B63"/>
     <w:rsid w:val="00D34907"/>
     <w:rsid w:val="00D46DA7"/>
     <w:rsid w:val="00D54154"/>
     <w:rsid w:val="00D64743"/>
     <w:rsid w:val="00D66A11"/>
     <w:rsid w:val="00D67182"/>
     <w:rsid w:val="00D67239"/>
     <w:rsid w:val="00D844D5"/>
     <w:rsid w:val="00D901A7"/>
     <w:rsid w:val="00D94446"/>
     <w:rsid w:val="00DA2916"/>
     <w:rsid w:val="00DA5266"/>
     <w:rsid w:val="00DB0B9D"/>
     <w:rsid w:val="00DB0D5B"/>
     <w:rsid w:val="00DB3B20"/>
     <w:rsid w:val="00DD652A"/>
     <w:rsid w:val="00DE1109"/>
     <w:rsid w:val="00DE2862"/>
     <w:rsid w:val="00DE60A6"/>
     <w:rsid w:val="00DE6785"/>
     <w:rsid w:val="00DE7CF2"/>
     <w:rsid w:val="00DF578F"/>
     <w:rsid w:val="00DF6D39"/>
     <w:rsid w:val="00E00FBF"/>
     <w:rsid w:val="00E03694"/>
     <w:rsid w:val="00E04653"/>
     <w:rsid w:val="00E051CC"/>
     <w:rsid w:val="00E11486"/>
     <w:rsid w:val="00E12745"/>
     <w:rsid w:val="00E12AA1"/>
     <w:rsid w:val="00E132F6"/>
     <w:rsid w:val="00E139A9"/>
+    <w:rsid w:val="00E142DF"/>
     <w:rsid w:val="00E14494"/>
     <w:rsid w:val="00E176D9"/>
     <w:rsid w:val="00E21CF1"/>
+    <w:rsid w:val="00E22769"/>
     <w:rsid w:val="00E22A47"/>
     <w:rsid w:val="00E22DD6"/>
     <w:rsid w:val="00E31BED"/>
     <w:rsid w:val="00E34DC0"/>
     <w:rsid w:val="00E357FD"/>
     <w:rsid w:val="00E40270"/>
     <w:rsid w:val="00E414AC"/>
     <w:rsid w:val="00E42CA8"/>
     <w:rsid w:val="00E50874"/>
     <w:rsid w:val="00E53095"/>
     <w:rsid w:val="00E570B1"/>
     <w:rsid w:val="00E653E4"/>
     <w:rsid w:val="00E70F2C"/>
     <w:rsid w:val="00E72499"/>
     <w:rsid w:val="00E7681F"/>
     <w:rsid w:val="00E8005C"/>
     <w:rsid w:val="00E819EC"/>
     <w:rsid w:val="00E828EF"/>
     <w:rsid w:val="00E852D9"/>
     <w:rsid w:val="00E87B2A"/>
     <w:rsid w:val="00E97B6A"/>
     <w:rsid w:val="00EA0CF8"/>
     <w:rsid w:val="00EA6061"/>
     <w:rsid w:val="00EB00EE"/>
+    <w:rsid w:val="00EB2BC9"/>
     <w:rsid w:val="00EB6489"/>
     <w:rsid w:val="00EC2A6D"/>
     <w:rsid w:val="00EC34B8"/>
     <w:rsid w:val="00EC47FF"/>
     <w:rsid w:val="00ED37D9"/>
     <w:rsid w:val="00ED41D6"/>
     <w:rsid w:val="00ED55D6"/>
+    <w:rsid w:val="00EE2E4F"/>
     <w:rsid w:val="00F004D7"/>
     <w:rsid w:val="00F036DE"/>
     <w:rsid w:val="00F177E7"/>
     <w:rsid w:val="00F255A1"/>
     <w:rsid w:val="00F341D0"/>
     <w:rsid w:val="00F34443"/>
     <w:rsid w:val="00F34DB8"/>
     <w:rsid w:val="00F36A1C"/>
     <w:rsid w:val="00F4402E"/>
     <w:rsid w:val="00F44454"/>
     <w:rsid w:val="00F459AF"/>
     <w:rsid w:val="00F50DB9"/>
     <w:rsid w:val="00F5189C"/>
     <w:rsid w:val="00F5323E"/>
     <w:rsid w:val="00F57CB1"/>
     <w:rsid w:val="00F6780A"/>
     <w:rsid w:val="00F700C8"/>
     <w:rsid w:val="00F7023B"/>
     <w:rsid w:val="00F7408E"/>
     <w:rsid w:val="00F91978"/>
     <w:rsid w:val="00F91DB5"/>
     <w:rsid w:val="00F9212B"/>
     <w:rsid w:val="00F92A7C"/>
     <w:rsid w:val="00F9409B"/>
     <w:rsid w:val="00FA27A1"/>
     <w:rsid w:val="00FA724E"/>
     <w:rsid w:val="00FB2F4C"/>
     <w:rsid w:val="00FB5557"/>
     <w:rsid w:val="00FB65E9"/>
     <w:rsid w:val="00FB681D"/>
     <w:rsid w:val="00FB6F70"/>
     <w:rsid w:val="00FC1BF9"/>
     <w:rsid w:val="00FC4101"/>
     <w:rsid w:val="00FC6114"/>
     <w:rsid w:val="00FD1857"/>
+    <w:rsid w:val="00FD63F9"/>
     <w:rsid w:val="00FF28DC"/>
     <w:rsid w:val="00FF5A15"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -10624,51 +10886,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2074497575">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tesjournal.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xxxx@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.6643727" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9198-0160" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tesjournal.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/xxxx-xxxx-xxxx-xxxx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xxxx@gmail.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tesjournal.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9198-0160" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.6643727" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/xxxx-xxxx-xxxx-xxxx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tesjournal.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xxxx@gmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xxxx@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tesjournal.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc/4.0/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc/4.0/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -11016,86 +11278,94 @@
     <b:Tag>Aze07</b:Tag>
     <b:SourceType>JournalArticle</b:SourceType>
     <b:Guid>{1A6AE881-83BC-4935-982C-B9BFDD48DB90}</b:Guid>
     <b:Title>A printed crescent patch antenna for ultrawideband applications</b:Title>
     <b:Year>2007</b:Year>
     <b:Author>
       <b:Author>
         <b:NameList>
           <b:Person>
             <b:Last>Azenui</b:Last>
             <b:First>N.</b:First>
             <b:Middle>C., &amp; Yang, H. Y. D.</b:Middle>
           </b:Person>
         </b:NameList>
       </b:Author>
     </b:Author>
     <b:JournalName>IEEE Antennas and Wireless Propagation Letters</b:JournalName>
     <b:Pages>113-116</b:Pages>
     <b:Volume>6</b:Volume>
     <b:RefOrder>5</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3AC86406-EF47-4F17-A027-5E9E70E7A9F5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AEC2FDE7-E8E4-4719-B33B-D62AD20412DB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1010</Words>
-  <Characters>5438</Characters>
+  <Words>1011</Words>
+  <Characters>5432</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>159</Lines>
-  <Paragraphs>113</Paragraphs>
+  <Lines>150</Lines>
+  <Paragraphs>111</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6335</CharactersWithSpaces>
+  <CharactersWithSpaces>6332</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>5956c54a-a02d-475d-ae5c-6e574c0c8564</vt:lpwstr>
+  </property>
+</Properties>
+</file>