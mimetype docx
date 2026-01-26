--- v1 (2026-01-03)
+++ v2 (2026-01-26)
@@ -12,477 +12,338 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblW w:w="9752" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblCellMar>
-[...3 lines deleted...]
-        </w:tblCellMar>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="884"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2929"/>
+        <w:gridCol w:w="998"/>
+        <w:gridCol w:w="11"/>
+        <w:gridCol w:w="2335"/>
+        <w:gridCol w:w="1117"/>
+        <w:gridCol w:w="1117"/>
+        <w:gridCol w:w="1256"/>
+        <w:gridCol w:w="2918"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E21CF1" w:rsidRPr="00283FAE" w14:paraId="49A2183F" w14:textId="77777777" w:rsidTr="00A618F5">
+      <w:tr w:rsidR="00E21CF1" w:rsidRPr="00283FAE" w14:paraId="2CC69444" w14:textId="77777777" w:rsidTr="000055EF">
+        <w:trPr>
+          <w:trHeight w:hRule="exact" w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3344" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AEB5B3F" w14:textId="77777777" w:rsidR="00E21CF1" w:rsidRPr="00283FAE" w:rsidRDefault="00E21CF1" w:rsidP="00414838">
+            <w:pPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6408" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="72186423" w14:textId="77777777" w:rsidR="00E21CF1" w:rsidRPr="002D3936" w:rsidRDefault="00E21CF1" w:rsidP="00414838">
+            <w:pPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="50"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E21CF1" w:rsidRPr="00283FAE" w14:paraId="49A2183F" w14:textId="77777777" w:rsidTr="00E21CF1">
         <w:trPr>
           <w:trHeight w:val="2055"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1856" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3344" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5932D0CA" w14:textId="74513B17" w:rsidR="00E21CF1" w:rsidRPr="00140CE3" w:rsidRDefault="003F47A8" w:rsidP="003F47A8">
+          <w:p w14:paraId="5932D0CA" w14:textId="77777777" w:rsidR="00E21CF1" w:rsidRPr="00283FAE" w:rsidRDefault="00E21CF1" w:rsidP="00414838">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-              <w:ind w:left="-144"/>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:bCs/>
-                <w:sz w:val="34"/>
-                <w:szCs w:val="34"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003F47A8">
+            <w:r w:rsidRPr="00283FAE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
                 <w:bCs/>
                 <w:noProof/>
-                <w:sz w:val="34"/>
-[...238 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              </w:rPr>
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5DB3A6D3" wp14:editId="434166F6">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="column">
+                    <wp:posOffset>-67310</wp:posOffset>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="paragraph">
+                    <wp:posOffset>96520</wp:posOffset>
+                  </wp:positionV>
+                  <wp:extent cx="1875155" cy="1079500"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+                  <wp:wrapTight wrapText="bothSides">
+                    <wp:wrapPolygon edited="0">
+                      <wp:start x="0" y="0"/>
+                      <wp:lineTo x="0" y="21346"/>
+                      <wp:lineTo x="21285" y="21346"/>
+                      <wp:lineTo x="21285" y="0"/>
+                      <wp:lineTo x="0" y="0"/>
+                    </wp:wrapPolygon>
+                  </wp:wrapTight>
+                  <wp:docPr id="19" name="Picture 19">
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId8"/>
+                  </wp:docPr>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\kayoo\Desktop\my journal\logo\gold_kısa_son.jpg"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId9" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1875155" cy="1079500"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="margin">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="margin">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3144" w:type="pct"/>
+            <w:tcW w:w="6408" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:tcMar>
-[...2 lines deleted...]
-            </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0D80B84B" w14:textId="4E68423C" w:rsidR="00E21CF1" w:rsidRPr="00140CE3" w:rsidRDefault="00E21CF1" w:rsidP="00157341">
+          <w:p w14:paraId="0D80B84B" w14:textId="77777777" w:rsidR="00E21CF1" w:rsidRPr="00283FAE" w:rsidRDefault="00E21CF1" w:rsidP="00414838">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="58"/>
+                <w:sz w:val="56"/>
                 <w:szCs w:val="58"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00140CE3">
+            <w:r w:rsidRPr="00283FAE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="58"/>
+                <w:sz w:val="56"/>
                 <w:szCs w:val="58"/>
               </w:rPr>
-              <w:t>TRANSACTIONS ON</w:t>
+              <w:t xml:space="preserve">TRANSACTIONS ON </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E2ABFBC" w14:textId="10C1C44D" w:rsidR="00E21CF1" w:rsidRPr="00140CE3" w:rsidRDefault="00E21CF1" w:rsidP="00157341">
+          <w:p w14:paraId="1E2ABFBC" w14:textId="77777777" w:rsidR="00E21CF1" w:rsidRPr="00283FAE" w:rsidRDefault="00E21CF1" w:rsidP="00414838">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="58"/>
+                <w:sz w:val="56"/>
                 <w:szCs w:val="58"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00140CE3">
+            <w:r w:rsidRPr="00283FAE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="58"/>
+                <w:sz w:val="56"/>
                 <w:szCs w:val="58"/>
               </w:rPr>
-              <w:t>ELECTROMAGNETIC</w:t>
+              <w:t xml:space="preserve">ELECTROMAGNETIC </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="690A4265" w14:textId="77777777" w:rsidR="00E21CF1" w:rsidRPr="00283FAE" w:rsidRDefault="00E21CF1" w:rsidP="00157341">
+          <w:p w14:paraId="690A4265" w14:textId="77777777" w:rsidR="00E21CF1" w:rsidRPr="00283FAE" w:rsidRDefault="00E21CF1" w:rsidP="00414838">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00140CE3">
+            <w:r w:rsidRPr="00283FAE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="58"/>
+                <w:sz w:val="56"/>
                 <w:szCs w:val="58"/>
               </w:rPr>
               <w:t>SPECTRUM</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E21CF1" w:rsidRPr="00283FAE" w14:paraId="2D2E4781" w14:textId="77777777" w:rsidTr="00A618F5">
+      <w:tr w:rsidR="00E21CF1" w:rsidRPr="00283FAE" w14:paraId="2D2E4781" w14:textId="77777777" w:rsidTr="00E21CF1">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1856" w:type="pct"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3344" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="6A8916E1" w14:textId="68D0DCD9" w:rsidR="00E21CF1" w:rsidRPr="00283FAE" w:rsidRDefault="00E21CF1" w:rsidP="00414838">
+          <w:p w14:paraId="6A8916E1" w14:textId="77777777" w:rsidR="00E21CF1" w:rsidRPr="00283FAE" w:rsidRDefault="00E21CF1" w:rsidP="00414838">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3144" w:type="pct"/>
+            <w:tcW w:w="6408" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="283FA875" w14:textId="6FE95EB1" w:rsidR="00140CE3" w:rsidRPr="00140CE3" w:rsidRDefault="00140CE3" w:rsidP="00414838">
+          <w:p w14:paraId="283FA875" w14:textId="77777777" w:rsidR="00E21CF1" w:rsidRPr="007354B2" w:rsidRDefault="00E21CF1" w:rsidP="00414838">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="40"/>
+                <w:sz w:val="10"/>
                 <w:szCs w:val="58"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E21CF1" w:rsidRPr="00283FAE" w14:paraId="44146108" w14:textId="77777777" w:rsidTr="00A618F5">
+      <w:tr w:rsidR="00E21CF1" w:rsidRPr="00283FAE" w14:paraId="44146108" w14:textId="77777777" w:rsidTr="009B6F06">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="9752" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="558AACCF" w14:textId="3066265F" w:rsidR="00E21CF1" w:rsidRPr="00FC4171" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="360" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="58"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>This is the Template File (</w:t>
             </w:r>
             <w:r w:rsidRPr="002D3936">
@@ -506,60 +367,60 @@
               <w:t>First Letter Of Each Word</w:t>
             </w:r>
             <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E21CF1" w:rsidRPr="00283FAE" w14:paraId="61D07DC7" w14:textId="77777777" w:rsidTr="00A618F5">
+      <w:tr w:rsidR="00E21CF1" w:rsidRPr="00283FAE" w14:paraId="61D07DC7" w14:textId="77777777" w:rsidTr="00E21CF1">
         <w:trPr>
           <w:trHeight w:val="835"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="9752" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
-          <w:p w14:paraId="5CDB55F5" w14:textId="3AAE94BA" w:rsidR="00E21CF1" w:rsidRDefault="002D3936" w:rsidP="00414838">
+          <w:p w14:paraId="4DDBFD87" w14:textId="77777777" w:rsidR="00E70333" w:rsidRDefault="002D3936" w:rsidP="00E70333">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">James Clerk </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -582,1125 +443,1032 @@
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00E21CF1">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
             <w:r w:rsidR="00E21CF1" w:rsidRPr="00283FAE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2387435F" wp14:editId="22FCA15E">
                   <wp:extent cx="161925" cy="161925"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                   <wp:docPr id="20" name="Picture 1">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId12"/>
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId10"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="13" name="Picture 1">
-                            <a:hlinkClick r:id="rId13"/>
+                            <a:hlinkClick r:id="rId11"/>
                           </pic:cNvPr>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId14" cstate="print">
+                          <a:blip r:embed="rId12" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="161925" cy="161925"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidR="00E70333" w:rsidRPr="00E70333">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...2 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00E70333">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E70333">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">James Clerk </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="002D3936">
+            <w:r w:rsidR="00E70333">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="002D3936">
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00E70333" w:rsidRPr="002D3936">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...159 lines deleted...]
-              <w:jc w:val="center"/>
+              </w:rPr>
+              <w:t>axwell</w:t>
+            </w:r>
+            <w:r w:rsidR="00E70333">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-            </w:pPr>
-[...25 lines deleted...]
-            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E70333">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...8 lines deleted...]
-              </w:rPr>
               <w:t>*</w:t>
             </w:r>
-            <w:r w:rsidRPr="00283FAE">
+            <w:r w:rsidR="00E70333" w:rsidRPr="00283FAE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:drawing>
-                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="22855D19" wp14:editId="71514166">
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0B99F485" wp14:editId="2C4648F1">
                   <wp:extent cx="161925" cy="161925"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
                   <wp:docPr id="4" name="Picture 1">
-                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId12"/>
+                    <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId10"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="13" name="Picture 1">
-                            <a:hlinkClick r:id="rId13"/>
+                            <a:hlinkClick r:id="rId11"/>
                           </pic:cNvPr>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId14" cstate="print">
+                          <a:blip r:embed="rId12" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="161925" cy="161925"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60F9ED12" w14:textId="6F08C346" w:rsidR="005A45D8" w:rsidRPr="002D3936" w:rsidRDefault="002D3936" w:rsidP="005A45D8">
+          <w:p w14:paraId="657D80FA" w14:textId="0531BD28" w:rsidR="00E21CF1" w:rsidRPr="002D3936" w:rsidRDefault="00E21CF1" w:rsidP="00414838">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="005A45D8" w:rsidRPr="002D3936">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Department of xxx Engineering, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="005A45D8">
+              <w:t>Department</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Faculty</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="005A45D8" w:rsidRPr="002D3936">
+              <w:t xml:space="preserve"> of </w:t>
+            </w:r>
+            <w:r w:rsidR="002D3936" w:rsidRPr="002D3936">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> of Technology, </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="005A45D8" w:rsidRPr="002D3936">
+              <w:t>xxx</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>xxxx</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="005A45D8" w:rsidRPr="002D3936">
+              <w:t xml:space="preserve"> Engineering, </w:t>
+            </w:r>
+            <w:r w:rsidR="002D3936" w:rsidRPr="002D3936">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> University, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="005A45D8">
+              <w:t>xxx</w:t>
+            </w:r>
+            <w:r w:rsidR="004A7A8C" w:rsidRPr="002D3936">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>City, Country</w:t>
+              <w:t xml:space="preserve"> of Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D3936">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002D3936" w:rsidRPr="002D3936">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>xxxx</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="001120D0" w:rsidRPr="002D3936">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> University, Ankara, Turkey</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E68B8C6" w14:textId="056CE256" w:rsidR="002D3936" w:rsidRPr="002D3936" w:rsidRDefault="002D3936" w:rsidP="002D3936">
+          <w:p w14:paraId="1AC9E305" w14:textId="1D458998" w:rsidR="00E21CF1" w:rsidRDefault="00E21CF1" w:rsidP="00414838">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-                <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Email:</w:t>
             </w:r>
             <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-              <w:r w:rsidRPr="002D3936">
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r w:rsidR="002D3936" w:rsidRPr="002D3936">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="FF0000"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>xxxx@gmail.com</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r w:rsidRPr="002D3936">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002D3936">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ORCID</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002D3936">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002D3936" w:rsidRPr="002D3936">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>xxxx-xxxx-xxxx-xxxx</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="3C778132" w14:textId="77777777" w:rsidR="002D3936" w:rsidRDefault="002D3936" w:rsidP="002D3936">
+          <w:p w14:paraId="0FBC556D" w14:textId="77777777" w:rsidR="00E70333" w:rsidRPr="002D3936" w:rsidRDefault="00E70333" w:rsidP="00414838">
             <w:pPr>
-              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4E16F562" w14:textId="77777777" w:rsidR="00E21CF1" w:rsidRPr="00DA3D94" w:rsidRDefault="00E21CF1" w:rsidP="00414838">
+            <w:pPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="58"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D3936" w:rsidRPr="00A467FE" w14:paraId="4B99C513" w14:textId="77777777" w:rsidTr="00A618F5">
+      <w:tr w:rsidR="002D3936" w:rsidRPr="00A467FE" w14:paraId="4B99C513" w14:textId="77777777" w:rsidTr="00E21CF1">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="9752" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16761895" w14:textId="08033870" w:rsidR="002D3936" w:rsidRPr="00A467FE" w:rsidRDefault="002D3936" w:rsidP="002D3936">
+          <w:p w14:paraId="16761895" w14:textId="38A38BC8" w:rsidR="002D3936" w:rsidRPr="00A467FE" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A467FE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>* Corresponding author</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> e-mail address:</w:t>
+              <w:t>* Corresponding author e-mail address:</w:t>
             </w:r>
             <w:r w:rsidRPr="00A467FE">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>xxx@gmail.com</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D3936" w:rsidRPr="00A467FE" w14:paraId="21BA9E98" w14:textId="77777777" w:rsidTr="00A618F5">
+      <w:tr w:rsidR="002D3936" w:rsidRPr="00A467FE" w14:paraId="21BA9E98" w14:textId="77777777" w:rsidTr="00E21CF1">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="9752" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="652A458A" w14:textId="77777777" w:rsidR="002D3936" w:rsidRPr="00A467FE" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A618F5" w:rsidRPr="00A467FE" w14:paraId="6B180DD8" w14:textId="77777777" w:rsidTr="00A618F5">
+      <w:tr w:rsidR="002D3936" w:rsidRPr="00A467FE" w14:paraId="6B180DD8" w14:textId="77777777" w:rsidTr="00E21CF1">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="504" w:type="pct"/>
+            <w:tcW w:w="1009" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F62F06F" w14:textId="77777777" w:rsidR="002D3936" w:rsidRPr="00E97B6A" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="tr-TR" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97B6A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Received:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1352" w:type="pct"/>
-[...2 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="2335" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61AE832D" w14:textId="7E4104CF" w:rsidR="002D3936" w:rsidRPr="002D3936" w:rsidRDefault="00025727" w:rsidP="005468C2">
+          <w:p w14:paraId="61AE832D" w14:textId="59F289A1" w:rsidR="002D3936" w:rsidRPr="002D3936" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="-110"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>xx</w:t>
             </w:r>
-            <w:r w:rsidR="002D3936" w:rsidRPr="002D3936">
+            <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="002D3936">
+            <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>January</w:t>
             </w:r>
-            <w:r w:rsidR="002D3936" w:rsidRPr="002D3936">
+            <w:r w:rsidR="009E7BE5">
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 202</w:t>
-[...7 lines deleted...]
-              <w:t>6</w:t>
+              <w:t xml:space="preserve"> 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="533" w:type="pct"/>
+            <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EEB3FAB" w14:textId="77777777" w:rsidR="002D3936" w:rsidRPr="007354B2" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="533" w:type="pct"/>
+            <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21F679A9" w14:textId="77777777" w:rsidR="002D3936" w:rsidRPr="007354B2" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="594" w:type="pct"/>
+            <w:tcW w:w="1256" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07A609A9" w14:textId="77777777" w:rsidR="002D3936" w:rsidRPr="007354B2" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="pct"/>
+            <w:tcW w:w="2918" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07CD53E4" w14:textId="77777777" w:rsidR="002D3936" w:rsidRPr="007354B2" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007354B2">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Research Article</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A618F5" w:rsidRPr="00A467FE" w14:paraId="1E86B00A" w14:textId="77777777" w:rsidTr="00A618F5">
+      <w:tr w:rsidR="002D3936" w:rsidRPr="00A467FE" w14:paraId="1E86B00A" w14:textId="77777777" w:rsidTr="00E21CF1">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="504" w:type="pct"/>
+            <w:tcW w:w="1009" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14D80445" w14:textId="77777777" w:rsidR="002D3936" w:rsidRPr="00E97B6A" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="tr-TR" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97B6A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Revised:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1352" w:type="pct"/>
-[...2 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="2335" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E2874A7" w14:textId="18D22BEA" w:rsidR="002D3936" w:rsidRPr="002D3936" w:rsidRDefault="002D3936" w:rsidP="002D3936">
+          <w:p w14:paraId="3E2874A7" w14:textId="07FBE29A" w:rsidR="002D3936" w:rsidRPr="002D3936" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="-110"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>xx</w:t>
             </w:r>
             <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>January</w:t>
             </w:r>
-            <w:r w:rsidR="00C07CBC">
+            <w:r w:rsidR="009E7BE5">
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="533" w:type="pct"/>
+            <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="310FFD3D" w14:textId="77777777" w:rsidR="002D3936" w:rsidRPr="007354B2" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="533" w:type="pct"/>
+            <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D72ED71" w14:textId="77777777" w:rsidR="002D3936" w:rsidRPr="007354B2" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="594" w:type="pct"/>
+            <w:tcW w:w="1256" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D0BF18D" w14:textId="77777777" w:rsidR="002D3936" w:rsidRPr="007354B2" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="pct"/>
+            <w:tcW w:w="2918" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E3E7E78" w14:textId="7285DFF9" w:rsidR="002D3936" w:rsidRPr="007354B2" w:rsidRDefault="002D3936" w:rsidP="002D3936">
+          <w:p w14:paraId="5E3E7E78" w14:textId="2E3D6FAA" w:rsidR="002D3936" w:rsidRPr="007354B2" w:rsidRDefault="002D3936" w:rsidP="00A31B6A">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C07CBC">
+            <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Vol.</w:t>
             </w:r>
-            <w:r w:rsidR="008C5583">
+            <w:r w:rsidR="00E70333">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 5</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C07CBC">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A31B6A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> / No.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008C5583">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C07CBC">
+            <w:r w:rsidR="00A31B6A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
-              <w:t>1 / 2026</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
+              <w:t>/ No.</w:t>
+            </w:r>
+            <w:r w:rsidR="00A31B6A">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D3936">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>1 / 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00A31B6A">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D3936">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve">                                                            </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A618F5" w:rsidRPr="00A467FE" w14:paraId="61D5C425" w14:textId="77777777" w:rsidTr="00A618F5">
+      <w:tr w:rsidR="002D3936" w:rsidRPr="00A467FE" w14:paraId="61D5C425" w14:textId="77777777" w:rsidTr="00E21CF1">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="504" w:type="pct"/>
+            <w:tcW w:w="1009" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="301C3F6F" w14:textId="77777777" w:rsidR="002D3936" w:rsidRPr="00E97B6A" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="tr-TR" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E97B6A">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Accepted:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1352" w:type="pct"/>
-[...2 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="2335" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46BA49F5" w14:textId="0A701E8F" w:rsidR="002D3936" w:rsidRPr="002D3936" w:rsidRDefault="002D3936" w:rsidP="002D3936">
+          <w:p w14:paraId="46BA49F5" w14:textId="450DF91A" w:rsidR="002D3936" w:rsidRPr="002D3936" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="-110"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>xx January</w:t>
             </w:r>
-            <w:r w:rsidR="00C07CBC">
+            <w:r w:rsidR="009E7BE5">
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="533" w:type="pct"/>
+            <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73B42487" w14:textId="77777777" w:rsidR="002D3936" w:rsidRPr="007354B2" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="533" w:type="pct"/>
+            <w:tcW w:w="1117" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60EA37CB" w14:textId="77777777" w:rsidR="002D3936" w:rsidRPr="007354B2" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="594" w:type="pct"/>
+            <w:tcW w:w="1256" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="146B3E31" w14:textId="77777777" w:rsidR="002D3936" w:rsidRPr="007354B2" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1484" w:type="pct"/>
+            <w:tcW w:w="2918" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="713D904D" w14:textId="38020782" w:rsidR="002D3936" w:rsidRPr="002D3936" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>Doi</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002D3936">
@@ -1711,70 +1479,86 @@
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002D3936">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>xxxxxx</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D3936" w14:paraId="0C88573A" w14:textId="77777777" w:rsidTr="00A618F5">
+      <w:tr w:rsidR="002D3936" w14:paraId="0C88573A" w14:textId="77777777" w:rsidTr="00E21CF1">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="9752" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="60D2A81D" w14:textId="77777777" w:rsidR="002D3936" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D3936" w14:paraId="05688228" w14:textId="77777777" w:rsidTr="00A618F5">
+      <w:tr w:rsidR="002D3936" w14:paraId="05688228" w14:textId="77777777" w:rsidTr="00E21CF1">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="9752" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
           </w:tcPr>
           <w:p w14:paraId="6586F4C1" w14:textId="33A06592" w:rsidR="002D3936" w:rsidRPr="00DA3D94" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times-Roman;Times New Roman" w:hAnsi="Times-Roman;Times New Roman" w:cs="Times-Roman;Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E70AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times-Roman;Times New Roman" w:hAnsi="Times-Roman;Times New Roman" w:cs="Times-Roman;Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Abstract:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times-Roman;Times New Roman" w:hAnsi="Times-Roman;Times New Roman" w:cs="Times-Roman;Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -1864,498 +1648,463 @@
                 <w:rFonts w:ascii="Times-Roman;Times New Roman" w:hAnsi="Times-Roman;Times New Roman" w:cs="Times-Roman;Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0 words. The abstract should be informative by referring study aims,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times-Roman;Times New Roman" w:hAnsi="Times-Roman;Times New Roman" w:cs="Times-Roman;Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> the methodology,</w:t>
             </w:r>
             <w:r w:rsidRPr="00F50FCB">
               <w:rPr>
                 <w:rFonts w:ascii="Times-Roman;Times New Roman" w:hAnsi="Times-Roman;Times New Roman" w:cs="Times-Roman;Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> the instruments, the major findings and the implications of the study.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D3936" w14:paraId="1EEC7C23" w14:textId="77777777" w:rsidTr="00A618F5">
+      <w:tr w:rsidR="002D3936" w14:paraId="1EEC7C23" w14:textId="77777777" w:rsidTr="003C1670">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="9752" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1555FD8B" w14:textId="2150279C" w:rsidR="002D3936" w:rsidRPr="00CA2944" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="tr-TR"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E70AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times-Roman;Times New Roman" w:hAnsi="Times-Roman;Times New Roman" w:cs="Times-Roman;Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Keywords:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times-Roman;Times New Roman" w:hAnsi="Times-Roman;Times New Roman" w:cs="Times-Roman;Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CA2944">
               <w:rPr>
                 <w:rFonts w:ascii="Times-Roman;Times New Roman" w:hAnsi="Times-Roman;Times New Roman" w:cs="Times-Roman;Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3-5 keywords should be given</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times-Roman;Times New Roman" w:hAnsi="Times-Roman;Times New Roman" w:cs="Times-Roman;Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D3936" w14:paraId="24E1C4DC" w14:textId="77777777" w:rsidTr="00A618F5">
+      <w:tr w:rsidR="002D3936" w14:paraId="24E1C4DC" w14:textId="77777777" w:rsidTr="003C1670">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="504" w:type="pct"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="998" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2BBE96D6" w14:textId="2C3DDA36" w:rsidR="002D3936" w:rsidRPr="005E70AE" w:rsidRDefault="002D3936" w:rsidP="00A93069">
+          <w:p w14:paraId="2BBE96D6" w14:textId="2C3DDA36" w:rsidR="002D3936" w:rsidRPr="005E70AE" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
-              <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times-Roman;Times New Roman" w:hAnsi="Times-Roman;Times New Roman" w:cs="Times-Roman;Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F72792">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Cite this paper as:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4496" w:type="pct"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="8754" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="03851E23" w14:textId="52BE2CC6" w:rsidR="002D3936" w:rsidRPr="005E70AE" w:rsidRDefault="00560434" w:rsidP="00966293">
+          <w:p w14:paraId="03851E23" w14:textId="3EA790AD" w:rsidR="002D3936" w:rsidRPr="005E70AE" w:rsidRDefault="00560434" w:rsidP="00F2355D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times-Roman;Times New Roman" w:hAnsi="Times-Roman;Times New Roman" w:cs="Times-Roman;Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F177E7">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Surname, FN</w:t>
             </w:r>
             <w:r w:rsidR="002D3936" w:rsidRPr="00F177E7">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.,</w:t>
             </w:r>
             <w:r w:rsidR="002D3936" w:rsidRPr="00F177E7">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F177E7">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Surname, FN.,</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00F177E7">
+              <w:t>Surname</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F2355D">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00F177E7">
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, FN.,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F2355D">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
-                <w:sz w:val="20"/>
-[...42 lines deleted...]
-                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00560434">
+            <w:r w:rsidRPr="00F2355D">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>202x</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00560434">
+              <w:t>The name of the article</w:t>
+            </w:r>
+            <w:r w:rsidR="002D3936" w:rsidRPr="00F2355D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. Transactions </w:t>
+            </w:r>
+            <w:r w:rsidR="00F2355D" w:rsidRPr="00F2355D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidR="002D3936" w:rsidRPr="00F2355D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>n Electromagnetic Spectrum</w:t>
+            </w:r>
+            <w:r w:rsidR="00F2355D" w:rsidRPr="00F2355D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="002D3936" w:rsidRPr="00F2355D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F2355D">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>; x(x): x-x</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="002D3936" w:rsidRPr="00560434">
+              <w:t>202x</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F2355D">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="002D3936" w:rsidRPr="00560434">
+              <w:t>; x(x): x-x</w:t>
+            </w:r>
+            <w:r w:rsidR="002D3936" w:rsidRPr="00F2355D">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Doi</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="002D3936" w:rsidRPr="00560434">
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002D3936" w:rsidRPr="00F2355D">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
+              <w:t>Doi</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002D3936" w:rsidRPr="00F2355D">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00560434">
+            <w:r w:rsidRPr="00F2355D">
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>xxxxxx</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D3936" w14:paraId="02A3B717" w14:textId="77777777" w:rsidTr="00A618F5">
+      <w:tr w:rsidR="002D3936" w14:paraId="02A3B717" w14:textId="77777777" w:rsidTr="003044CE">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="9752" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="71631EDB" w14:textId="2A56597B" w:rsidR="002D3936" w:rsidRPr="00181BD8" w:rsidRDefault="002D3936" w:rsidP="002D3936">
+          <w:p w14:paraId="71631EDB" w14:textId="3B6188DC" w:rsidR="002D3936" w:rsidRPr="003044CE" w:rsidRDefault="002D3936" w:rsidP="002D3936">
             <w:pPr>
               <w:spacing w:before="240" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times-Roman;Times New Roman" w:hAnsi="Times-Roman;Times New Roman" w:cs="Times-Roman;Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2266E146" w14:textId="73508AA4" w:rsidR="00D34907" w:rsidRPr="00D34907" w:rsidRDefault="00D34907" w:rsidP="00966293">
+    <w:p w14:paraId="2266E146" w14:textId="73508AA4" w:rsidR="00D34907" w:rsidRPr="00D34907" w:rsidRDefault="00D34907" w:rsidP="007540AF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00D34907">
         <w:t>1. INTRODUCTION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FD7FED6" w14:textId="02F6FC2B" w:rsidR="00E31BED" w:rsidRDefault="00E31BED" w:rsidP="007540AF">
+    <w:p w14:paraId="7FD7FED6" w14:textId="39EE648E" w:rsidR="00E31BED" w:rsidRDefault="00E31BED" w:rsidP="007540AF">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00052CF2">
         <w:t xml:space="preserve">In taking a step toward expediting the publication process, </w:t>
       </w:r>
-      <w:r w:rsidR="00966293">
-[...1 lines deleted...]
-      </w:r>
       <w:r>
-        <w:t>n Electromagnetic Spectrum</w:t>
+        <w:t>Transactions On Electromagnetic Spectrum</w:t>
       </w:r>
       <w:r w:rsidRPr="00052CF2">
         <w:t xml:space="preserve"> uses a web-ba</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">sed submission and peer-review. </w:t>
       </w:r>
       <w:r w:rsidRPr="00052CF2">
         <w:t>If you have not already create an account, create an account (register) for y</w:t>
       </w:r>
       <w:r w:rsidR="00070365">
         <w:t>ourself in the system at the right</w:t>
       </w:r>
       <w:r w:rsidRPr="00052CF2">
         <w:t xml:space="preserve"> side of the page: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="007540AF" w:rsidRPr="00CA18AB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t>https://tesjournal.com</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2FFC60D3" w14:textId="0BACB743" w:rsidR="00E31BED" w:rsidRDefault="00E31BED" w:rsidP="007540AF">
+    <w:p w14:paraId="2FFC60D3" w14:textId="17DB881E" w:rsidR="00E31BED" w:rsidRDefault="00E31BED" w:rsidP="007540AF">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00052CF2">
         <w:t>To monitor the progress of your manuscript throughout the review process, just login our system periodically and check your status of paper</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="494ABB44" w14:textId="77777777" w:rsidR="007E30F9" w:rsidRDefault="007540AF" w:rsidP="007E30F9">
+    <w:p w14:paraId="40982C40" w14:textId="43AD07BE" w:rsidR="007540AF" w:rsidRPr="007540AF" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:pPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007540AF">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">The Introduction should contain the literature description on the studied matter. When preparing your manuscript, please use and </w:t>
       </w:r>
       <w:r w:rsidR="00070365">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>follow our template. T</w:t>
       </w:r>
       <w:r w:rsidRPr="007540AF">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">ES employs an anonymous review policy (i.e., masked review). Therefore, the author's (authors’) name(s) and affiliation and </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>ES employs an anonymous review policy (i.e., masked review). Therefore, the author's (authors’) name(s) and affiliation and ORCID number should not appear on any part of the article.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28E6739C" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="007540AF" w:rsidRDefault="007540AF" w:rsidP="007540AF">
+      <w:pPr>
+        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="007540AF">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>ORCID</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Prepare your manuscript and illustrations in appropriate format, according to the instructions given below. Please also be sure that your paper conforms to the scientific and style instructions of the Journal, given below here.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C01A397" w14:textId="2BEDF1C7" w:rsidR="007540AF" w:rsidRPr="00F45C38" w:rsidRDefault="007540AF" w:rsidP="007540AF">
+      <w:pPr>
+        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="240" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="007540AF">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> number should not appear on any part of the article.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D67239">
+        <w:t>Each article should include an informative, comprehensive abstract of 150 to 250 words with 10 pts. The abstract should explain the critical information related to the paper's aim, methodology, findings, results, and conclusions. Three - five key words should also be given after the abstract.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79D20A20" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="007540AF">
+      </w:pPr>
+      <w:r w:rsidRPr="00052CF2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Each article should include an informative, comprehensive abstract of 150 to 250 words with 10 pts. The abstract should explain the critical information related to the paper's aim, methodology, findings, results, and conclusions. Three - five key words should also be given after the abstract.</w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>1.1. General Rules</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09DB5C5F" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:r w:rsidRPr="00052CF2">
-        <w:t xml:space="preserve">The manuscript should be typed in using MS Word (6.0 or latest versions), </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> cm.) paper size, Times New Roman (Font) and 11 pts (excludes, Title and abstract), single spaced with 2 cm margins on all sides and align full. </w:t>
+        <w:t xml:space="preserve">The manuscript should be typed in using MS Word (6.0 or latest versions), A4 (21x29,7 cm.) paper size, Times New Roman (Font) and 11 pts (excludes, Title and abstract), single spaced with 2 cm margins on all sides and align full. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F736DF8" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:r w:rsidRPr="00052CF2">
         <w:t>The Tables and the References should be prepared by using Times New Roman (10 pts).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A4EAB8B" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:r w:rsidRPr="00052CF2">
         <w:t>There should be single space after headings.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4717D547" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:r w:rsidRPr="00052CF2">
         <w:t xml:space="preserve">The authors should not use any page numbers in their manuscripts. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="446F1BCF" w14:textId="4511C2D6" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:r w:rsidRPr="00052CF2">
         <w:t>Appendixes should be placed at the end of the manuscript, after the reference list.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="758AA3D8" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
@@ -2426,105 +2175,121 @@
       <w:r w:rsidRPr="00052CF2">
         <w:t xml:space="preserve">Tables and Equations should be given in the same page (not separate pages). If any of them is long as a whole page, it should be given into the </w:t>
       </w:r>
       <w:r w:rsidRPr="00052CF2">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Appendixes</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DC094E3" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">2.2.1. </w:t>
       </w:r>
       <w:r w:rsidRPr="00052CF2">
         <w:t>For figures</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="201C92B9" w14:textId="626DF3D2" w:rsidR="007540AF" w:rsidRDefault="007540AF" w:rsidP="007E41CA">
+    <w:p w14:paraId="201C92B9" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:r w:rsidRPr="00052CF2">
         <w:t xml:space="preserve">Number all figures with </w:t>
       </w:r>
       <w:r w:rsidRPr="008A54EB">
         <w:t>Arabic</w:t>
       </w:r>
       <w:r w:rsidRPr="00052CF2">
         <w:t xml:space="preserve"> numerals sequentially. The resolution should be sufficient two read in English. The figure names should be given below the Figure and the name “figure” should be italicized. An example is presented below:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="351F88DC" w14:textId="693D6465" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
+    <w:p w14:paraId="033576E9" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="351F88DC" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
       </w:pPr>
-      <w:r w:rsidRPr="00BB61FF">
+      <w:r w:rsidRPr="00052CF2">
+        <w:t>Figure</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00052CF2">
+        <w:t>. The name of figure---------</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00052CF2">
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r w:rsidRPr="00052CF2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00052CF2">
         <w:rPr>
-          <w:b/>
-          <w:i w:val="0"/>
+          <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>Figure 1.</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">--------- </w:t>
+        <w:t>(Italic)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15D22CF4" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00052CF2">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The figure captions should contain short but sufficient info with all parameters. Photos can also be accepted. The figure caption should be at the same page with the figure itself.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B134CA1" w14:textId="76FDC26D" w:rsidR="007540AF" w:rsidRDefault="007540AF" w:rsidP="007540AF">
+    <w:p w14:paraId="3B134CA1" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">2.2.2. </w:t>
       </w:r>
       <w:r w:rsidRPr="00052CF2">
         <w:t>For tables</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E6F9AF8" w14:textId="0655F4F6" w:rsidR="007540AF" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00052CF2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -2536,73 +2301,101 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00052CF2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The table names should be placed above the table. There should be the word “Table” and the brief explanation of title should be found</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and italicized.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37A1E4DD" w14:textId="43B10C27" w:rsidR="007540AF" w:rsidRDefault="007540AF" w:rsidP="007540AF">
+    <w:p w14:paraId="2AA33359" w14:textId="4ED742E3" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="00A31B6A" w:rsidP="00A31B6A">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2548"/>
+        </w:tabs>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A1E4DD" w14:textId="0E4B4B6D" w:rsidR="007540AF" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:spacing w:after="160"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BB61FF">
+      <w:r w:rsidRPr="00052CF2">
+        <w:t>Table</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00052CF2">
+        <w:t>. The name of table---------</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00052CF2">
+        <w:sym w:font="Wingdings" w:char="F0E0"/>
+      </w:r>
+      <w:r w:rsidRPr="00052CF2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00052CF2">
         <w:rPr>
-          <w:b/>
-          <w:i w:val="0"/>
+          <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>Table 1.</w:t>
-[...8 lines deleted...]
-        <w:t>--------</w:t>
+        <w:t>(Italic)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid5"/>
         <w:tblW w:w="6352" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="2367"/>
         <w:gridCol w:w="545"/>
         <w:gridCol w:w="545"/>
         <w:gridCol w:w="545"/>
         <w:gridCol w:w="545"/>
         <w:gridCol w:w="545"/>
       </w:tblGrid>
       <w:tr w:rsidR="007540AF" w:rsidRPr="00052CF2" w14:paraId="16F1C4B7" w14:textId="77777777" w:rsidTr="004303F9">
@@ -3137,343 +2930,381 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13F56B0A" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="004303F9">
             <w:pPr>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00052CF2">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3BE02951" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007E41CA">
+    <w:p w14:paraId="3BE02951" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00052CF2">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The table caption should be at the same page with the figure itself.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="219DEB09" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00B57E31" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00B57E31">
-        <w:lastRenderedPageBreak/>
         <w:t>2.2.3. For equations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="424E6D3E" w14:textId="4CDF2932" w:rsidR="007540AF" w:rsidRDefault="007540AF" w:rsidP="007540AF">
+    <w:p w14:paraId="424E6D3E" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00052CF2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>See some examples as:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="283C3BCE" w14:textId="7B045F89" w:rsidR="005A45D8" w:rsidRPr="005A45D8" w:rsidRDefault="00EB2BC9" w:rsidP="007E30F9">
-[...12 lines deleted...]
-                <w:i/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8256"/>
+        <w:gridCol w:w="814"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007540AF" w:rsidRPr="004D714B" w14:paraId="6A45D262" w14:textId="77777777" w:rsidTr="004303F9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8256" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55C1CD79" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="004D714B" w:rsidRDefault="00A821BD" w:rsidP="004303F9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </m:ctrlPr>
-[...65 lines deleted...]
-                  <m:fPr>
+            </w:pPr>
+            <m:oMathPara>
+              <m:oMath>
+                <m:sSub>
+                  <m:sSubPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </m:ctrlPr>
-                  </m:fPr>
-                  <m:num>
+                  </m:sSubPr>
+                  <m:e>
                     <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
-                      <m:t>151</m:t>
+                      <m:t>C</m:t>
                     </m:r>
-                  </m:num>
-[...2 lines deleted...]
-                      <m:sSupPr>
+                  </m:e>
+                  <m:sub>
+                    <m:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <m:t>p</m:t>
+                    </m:r>
+                  </m:sub>
+                </m:sSub>
+                <m:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <m:t>=</m:t>
+                </m:r>
+                <m:d>
+                  <m:dPr>
+                    <m:begChr m:val="["/>
+                    <m:endChr m:val="]"/>
+                    <m:ctrlPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+                        <w:i/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </m:ctrlPr>
+                  </m:dPr>
+                  <m:e>
+                    <m:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <m:t>0.73</m:t>
+                    </m:r>
+                    <m:d>
+                      <m:dPr>
                         <m:ctrlPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                             <w:i/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                         </m:ctrlPr>
-                      </m:sSupPr>
+                      </m:dPr>
                       <m:e>
-                        <m:r>
-[...6 lines deleted...]
-                        </m:r>
+                        <m:f>
+                          <m:fPr>
+                            <m:ctrlPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+                                <w:i/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </m:ctrlPr>
+                          </m:fPr>
+                          <m:num>
+                            <m:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <m:t>151</m:t>
+                            </m:r>
+                          </m:num>
+                          <m:den>
+                            <m:sSup>
+                              <m:sSupPr>
+                                <m:ctrlPr>
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+                                    <w:i/>
+                                    <w:sz w:val="20"/>
+                                    <w:szCs w:val="20"/>
+                                  </w:rPr>
+                                </m:ctrlPr>
+                              </m:sSupPr>
+                              <m:e>
+                                <m:r>
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+                                    <w:sz w:val="20"/>
+                                    <w:szCs w:val="20"/>
+                                  </w:rPr>
+                                  <m:t>λ</m:t>
+                                </m:r>
+                              </m:e>
+                              <m:sup>
+                                <m:r>
+                                  <w:rPr>
+                                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+                                    <w:sz w:val="20"/>
+                                    <w:szCs w:val="20"/>
+                                  </w:rPr>
+                                  <m:t>'</m:t>
+                                </m:r>
+                              </m:sup>
+                            </m:sSup>
+                          </m:den>
+                        </m:f>
                       </m:e>
-                      <m:sup>
-[...55 lines deleted...]
-              <m:num>
+                    </m:d>
+                    <m:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <m:t>-0.002β-13.2</m:t>
+                    </m:r>
+                  </m:e>
+                </m:d>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
-                  <m:t>-18.4</m:t>
+                  <m:t>exp</m:t>
                 </m:r>
-              </m:num>
-[...2 lines deleted...]
-                  <m:sSupPr>
+                <m:d>
+                  <m:dPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </m:ctrlPr>
-                  </m:sSupPr>
+                  </m:dPr>
                   <m:e>
-                    <m:r>
-[...6 lines deleted...]
-                    </m:r>
+                    <m:f>
+                      <m:fPr>
+                        <m:ctrlPr>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+                            <w:i/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                          </w:rPr>
+                        </m:ctrlPr>
+                      </m:fPr>
+                      <m:num>
+                        <m:r>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+                            <w:sz w:val="20"/>
+                            <w:szCs w:val="20"/>
+                          </w:rPr>
+                          <m:t>-18.4</m:t>
+                        </m:r>
+                      </m:num>
+                      <m:den>
+                        <m:sSup>
+                          <m:sSupPr>
+                            <m:ctrlPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+                                <w:i/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </m:ctrlPr>
+                          </m:sSupPr>
+                          <m:e>
+                            <m:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <m:t>λ</m:t>
+                            </m:r>
+                          </m:e>
+                          <m:sup>
+                            <m:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <m:t>'</m:t>
+                            </m:r>
+                          </m:sup>
+                        </m:sSup>
+                      </m:den>
+                    </m:f>
                   </m:e>
-                  <m:sup>
-[...34 lines deleted...]
-    <w:p w14:paraId="13A4F204" w14:textId="5EC350CC" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
+                </m:d>
+              </m:oMath>
+            </m:oMathPara>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="814" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06F46EA8" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="004D714B" w:rsidRDefault="007540AF" w:rsidP="004303F9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D714B">
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="13A4F204" w14:textId="77777777" w:rsidR="007540AF" w:rsidRPr="00052CF2" w:rsidRDefault="007540AF" w:rsidP="007540AF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00052CF2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>After each equation put one blank line. Do not use (x) or (.) for ordinary mathematical product. Put</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> reference to equations as Eq. (</w:t>
       </w:r>
       <w:r w:rsidRPr="00052CF2">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3706,123 +3537,88 @@
       <w:r>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002502EE">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76060B56" w14:textId="7DA9EBB0" w:rsidR="002502EE" w:rsidRDefault="002502EE" w:rsidP="0019165A">
       <w:pPr>
         <w:pStyle w:val="34-SciencePG-References-content"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0003249B">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Teksar</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> Band. </w:t>
+        <w:t xml:space="preserve">Teksar, A. Y. Crescent-Shaped Monopole Antenna for WLAN Band. </w:t>
       </w:r>
       <w:r w:rsidRPr="0003249B">
         <w:rPr>
           <w:i/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Transactions on Electromagnetic Spectrum</w:t>
       </w:r>
       <w:r w:rsidR="00617DA5" w:rsidRPr="0003249B">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2022;</w:t>
       </w:r>
       <w:r w:rsidRPr="0003249B">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1(1), 1–4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="0003249B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="20"/>
           </w:rPr>
-          <w:t>doi.org/10.5281/</w:t>
+          <w:t>doi.org/10.5281/zenodo.6643727</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidRPr="0003249B">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AC3B805" w14:textId="4095C12C" w:rsidR="0003249B" w:rsidRDefault="0003249B" w:rsidP="0019165A">
       <w:pPr>
         <w:pStyle w:val="34-SciencePG-References-content"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0019165A">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Books: </w:t>
       </w:r>
@@ -4005,200 +3801,178 @@
         </w:rPr>
         <w:t>Bizon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0016776A">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> N, Kurt E, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0016776A">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Iana</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0016776A">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> G. Airflow real-time optimization strategy for fuel cell hybrid power sources with fuel flow based on load following. In: </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> 2017 5. European Conference on Renewable Energy Systems; 27-30 August 2017: </w:t>
+        <w:t xml:space="preserve"> G. Airflow real-time optimization strategy for fuel cell hybrid power sources with fuel flow based on load following. In: ECRES 2017 5. European Conference on Renewable Energy Systems; 27-30 August 2017: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0016776A">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Vizyon</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0016776A">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Publishing House, pp. 222-230.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06F5BE57" w14:textId="14354274" w:rsidR="00252BD0" w:rsidRDefault="00252BD0" w:rsidP="00E87B2A">
+    <w:p w14:paraId="06F5BE57" w14:textId="001A8597" w:rsidR="00252BD0" w:rsidRDefault="00252BD0" w:rsidP="00E87B2A">
       <w:pPr>
         <w:pStyle w:val="34-SciencePG-References-content"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="052156F1" w14:textId="2CD5C3B7" w:rsidR="00DE6785" w:rsidRPr="00F45C38" w:rsidRDefault="006F5E1E" w:rsidP="00DE6785">
       <w:pPr>
         <w:keepNext/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">                     </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00DE6785" w:rsidRPr="00F45C38" w:rsidSect="00B932B0">
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId21"/>
+    <w:sectPr w:rsidR="00DE6785" w:rsidRPr="00F45C38" w:rsidSect="00B14131">
+      <w:headerReference w:type="default" r:id="rId16"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="864" w:right="1152" w:bottom="864" w:left="1152" w:header="576" w:footer="288" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="1134" w:bottom="1134" w:left="1134" w:header="227" w:footer="397" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3EAA2C0C" w14:textId="77777777" w:rsidR="00EB2BC9" w:rsidRDefault="00EB2BC9" w:rsidP="00975563">
+    <w:p w14:paraId="7F5EA753" w14:textId="77777777" w:rsidR="00A821BD" w:rsidRDefault="00A821BD" w:rsidP="00975563">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="45573962" w14:textId="77777777" w:rsidR="00EB2BC9" w:rsidRDefault="00EB2BC9" w:rsidP="00975563">
+    <w:p w14:paraId="33E51735" w14:textId="77777777" w:rsidR="00A821BD" w:rsidRDefault="00A821BD" w:rsidP="00975563">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Univers">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
@@ -4228,203 +4002,213 @@
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="79550AB8" w14:textId="77777777" w:rsidR="00A10018" w:rsidRPr="007B6160" w:rsidRDefault="00A10018" w:rsidP="00A10018">
+  <w:p w14:paraId="472BDF18" w14:textId="0670FE9C" w:rsidR="00A31B6A" w:rsidRDefault="00A31B6A" w:rsidP="00A31B6A">
     <w:pPr>
       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00B932B0">
+    <w:r>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t xml:space="preserve">© 2026 The Author(s). This work is licensed under CC BY-NC 4.0 | </w:t>
+      <w:t>© 2026</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00B932B0">
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> The Author(s). This work is licensed under CC BY-NC 4.0 | </w:t>
     </w:r>
     <w:hyperlink r:id="rId1" w:history="1">
       <w:r w:rsidRPr="00CF6F79">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>https://creativecommons.org/licenses/by-nc/4.0/</w:t>
       </w:r>
     </w:hyperlink>
     <w:r>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t>,                                                      www.tesjournal.com</w:t>
+      <w:t xml:space="preserve">                                                        www.tesjournal.com</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="6E22493B" w14:textId="600CB981" w:rsidR="007B6160" w:rsidRPr="007B6160" w:rsidRDefault="00B932B0" w:rsidP="007B6160">
+  <w:p w14:paraId="49FF9031" w14:textId="2AECFFBA" w:rsidR="00A31B6A" w:rsidRDefault="00A31B6A" w:rsidP="00A31B6A">
     <w:pPr>
       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00B932B0">
+    <w:r>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t xml:space="preserve">© 2026 The Author(s). This work is licensed under CC BY-NC 4.0 | </w:t>
+      <w:t>© 2026</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00B932B0">
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> The Author(s). This work is licensed under CC BY-NC 4.0 | </w:t>
     </w:r>
     <w:hyperlink r:id="rId1" w:history="1">
       <w:r w:rsidRPr="00CF6F79">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>https://creativecommons.org/licenses/by-nc/4.0/</w:t>
       </w:r>
     </w:hyperlink>
     <w:r>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t>,                                                      www.tesjournal.com</w:t>
+      <w:t xml:space="preserve">                                                        www.tesjournal.com</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7569623E" w14:textId="77777777" w:rsidR="00EB2BC9" w:rsidRDefault="00EB2BC9" w:rsidP="00975563">
+    <w:p w14:paraId="0AFA2036" w14:textId="77777777" w:rsidR="00A821BD" w:rsidRDefault="00A821BD" w:rsidP="00975563">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5AD73697" w14:textId="77777777" w:rsidR="00EB2BC9" w:rsidRDefault="00EB2BC9" w:rsidP="00975563">
+    <w:p w14:paraId="2FFFA6AD" w14:textId="77777777" w:rsidR="00A821BD" w:rsidRDefault="00A821BD" w:rsidP="00975563">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="7E156A3C" w14:textId="77777777" w:rsidR="005B3578" w:rsidRDefault="005B3578" w:rsidP="008D746A">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4703"/>
+        <w:tab w:val="clear" w:pos="9406"/>
+        <w:tab w:val="left" w:pos="4750"/>
+      </w:tabs>
+    </w:pPr>
+  </w:p>
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:id w:val="1295258435"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="16998852" w14:textId="7C4BC795" w:rsidR="00B14131" w:rsidRPr="00F700C8" w:rsidRDefault="008B6EBD" w:rsidP="008B6EBD">
+      <w:p w14:paraId="16998852" w14:textId="439B4456" w:rsidR="00B14131" w:rsidRPr="00F700C8" w:rsidRDefault="008B6EBD" w:rsidP="008B6EBD">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:spacing w:after="100"/>
           <w:jc w:val="left"/>
         </w:pPr>
         <w:r w:rsidRPr="00404BFC">
           <w:rPr>
             <w:b/>
             <w:sz w:val="20"/>
           </w:rPr>
-          <w:t xml:space="preserve">TES JOURNAL  </w:t>
-[...13 lines deleted...]
-          <w:t xml:space="preserve">    </w:t>
+          <w:t xml:space="preserve">TES JOURNAL                  </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:b/>
             <w:sz w:val="20"/>
           </w:rPr>
-          <w:t xml:space="preserve">          </w:t>
+          <w:t xml:space="preserve">                 </w:t>
         </w:r>
         <w:r w:rsidRPr="00404BFC">
           <w:rPr>
             <w:b/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve">                                                                                   </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:b/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve">                          </w:t>
         </w:r>
         <w:r w:rsidRPr="00404BFC">
           <w:rPr>
             <w:b/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve">         </w:t>
         </w:r>
         <w:r w:rsidR="002129B2">
           <w:rPr>
             <w:b/>
@@ -4448,51 +4232,51 @@
         </w:r>
         <w:r w:rsidR="00B14131" w:rsidRPr="00F700C8">
           <w:rPr>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00B14131" w:rsidRPr="00F700C8">
           <w:rPr>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r w:rsidR="00B14131" w:rsidRPr="00F700C8">
           <w:rPr>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="001C46A1">
+        <w:r w:rsidR="00140BE1">
           <w:rPr>
             <w:bCs/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00B14131" w:rsidRPr="00F700C8">
           <w:rPr>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
@@ -8570,687 +8354,622 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="31">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="32">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="33">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="34">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="35">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="36">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="160"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="tr-TR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:docVars>
-[...2 lines deleted...]
-  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00975563"/>
     <w:rsid w:val="00002407"/>
     <w:rsid w:val="000055EF"/>
     <w:rsid w:val="000066B8"/>
     <w:rsid w:val="00016CCE"/>
     <w:rsid w:val="00023120"/>
-    <w:rsid w:val="00025727"/>
     <w:rsid w:val="00030414"/>
     <w:rsid w:val="0003249B"/>
-    <w:rsid w:val="00041712"/>
     <w:rsid w:val="000512D6"/>
     <w:rsid w:val="00052CE1"/>
     <w:rsid w:val="00052CF2"/>
     <w:rsid w:val="0005499C"/>
-    <w:rsid w:val="00061B98"/>
     <w:rsid w:val="0006205E"/>
     <w:rsid w:val="00070365"/>
     <w:rsid w:val="00081ADA"/>
     <w:rsid w:val="0008453F"/>
     <w:rsid w:val="000A2107"/>
     <w:rsid w:val="000B1348"/>
     <w:rsid w:val="000B5421"/>
     <w:rsid w:val="000C2B86"/>
-    <w:rsid w:val="000D0DAD"/>
     <w:rsid w:val="000D1E42"/>
     <w:rsid w:val="000E1FEC"/>
     <w:rsid w:val="000F0114"/>
     <w:rsid w:val="000F09C7"/>
     <w:rsid w:val="001103EE"/>
     <w:rsid w:val="001120D0"/>
-    <w:rsid w:val="00113093"/>
     <w:rsid w:val="00116A67"/>
     <w:rsid w:val="00122EE7"/>
     <w:rsid w:val="00136ABB"/>
     <w:rsid w:val="00137333"/>
-    <w:rsid w:val="00140CE3"/>
+    <w:rsid w:val="00140BE1"/>
     <w:rsid w:val="00154378"/>
-    <w:rsid w:val="00157341"/>
     <w:rsid w:val="001575D3"/>
     <w:rsid w:val="00160168"/>
     <w:rsid w:val="00160264"/>
     <w:rsid w:val="0016776A"/>
     <w:rsid w:val="00176F79"/>
     <w:rsid w:val="001800DF"/>
-    <w:rsid w:val="00181BD8"/>
     <w:rsid w:val="00185E1E"/>
     <w:rsid w:val="0019165A"/>
     <w:rsid w:val="001A0C42"/>
     <w:rsid w:val="001A6A69"/>
     <w:rsid w:val="001B37B6"/>
-    <w:rsid w:val="001B4319"/>
     <w:rsid w:val="001C1FF2"/>
-    <w:rsid w:val="001C46A1"/>
     <w:rsid w:val="001D2C4E"/>
     <w:rsid w:val="001E2EB7"/>
     <w:rsid w:val="001E3D08"/>
     <w:rsid w:val="001F594C"/>
     <w:rsid w:val="00200E8E"/>
-    <w:rsid w:val="002064AF"/>
     <w:rsid w:val="002129B2"/>
     <w:rsid w:val="00214ED4"/>
     <w:rsid w:val="002176CA"/>
     <w:rsid w:val="002214CB"/>
     <w:rsid w:val="00222A59"/>
-    <w:rsid w:val="00224B24"/>
     <w:rsid w:val="00240E4B"/>
     <w:rsid w:val="002418ED"/>
     <w:rsid w:val="0024515C"/>
     <w:rsid w:val="002502EE"/>
     <w:rsid w:val="00252BD0"/>
     <w:rsid w:val="0025346F"/>
     <w:rsid w:val="002547B9"/>
     <w:rsid w:val="00254CA6"/>
     <w:rsid w:val="00261FB5"/>
     <w:rsid w:val="00270EB9"/>
     <w:rsid w:val="00272A2B"/>
     <w:rsid w:val="0027493D"/>
     <w:rsid w:val="002760E4"/>
     <w:rsid w:val="002934B0"/>
     <w:rsid w:val="002951B1"/>
     <w:rsid w:val="00296CE1"/>
     <w:rsid w:val="00296EE6"/>
     <w:rsid w:val="002A154C"/>
     <w:rsid w:val="002A53AB"/>
     <w:rsid w:val="002B2E62"/>
     <w:rsid w:val="002B67B1"/>
     <w:rsid w:val="002C17B5"/>
     <w:rsid w:val="002C3482"/>
     <w:rsid w:val="002D3895"/>
     <w:rsid w:val="002D3936"/>
     <w:rsid w:val="002E040B"/>
     <w:rsid w:val="002E2CF2"/>
     <w:rsid w:val="002E54AF"/>
     <w:rsid w:val="002F1617"/>
     <w:rsid w:val="002F2D2F"/>
     <w:rsid w:val="002F3D3C"/>
-    <w:rsid w:val="002F77C6"/>
+    <w:rsid w:val="003044CE"/>
     <w:rsid w:val="00304834"/>
     <w:rsid w:val="0030770F"/>
     <w:rsid w:val="00310CAE"/>
     <w:rsid w:val="00313D6C"/>
-    <w:rsid w:val="00321436"/>
     <w:rsid w:val="00323DA9"/>
     <w:rsid w:val="00324B30"/>
     <w:rsid w:val="0032760A"/>
     <w:rsid w:val="00330EEA"/>
     <w:rsid w:val="0033242D"/>
     <w:rsid w:val="00333C2A"/>
     <w:rsid w:val="00342205"/>
     <w:rsid w:val="003451F0"/>
     <w:rsid w:val="003465E7"/>
     <w:rsid w:val="00347554"/>
     <w:rsid w:val="0035233F"/>
     <w:rsid w:val="00352861"/>
     <w:rsid w:val="0035464C"/>
     <w:rsid w:val="00357D94"/>
     <w:rsid w:val="00362071"/>
     <w:rsid w:val="00364F66"/>
     <w:rsid w:val="00365C03"/>
     <w:rsid w:val="00366D65"/>
     <w:rsid w:val="00370327"/>
     <w:rsid w:val="0037062F"/>
     <w:rsid w:val="00385239"/>
     <w:rsid w:val="0039031A"/>
-    <w:rsid w:val="00390CA6"/>
     <w:rsid w:val="0039477F"/>
     <w:rsid w:val="003947DC"/>
     <w:rsid w:val="00396E03"/>
     <w:rsid w:val="003970A0"/>
     <w:rsid w:val="003A50AE"/>
     <w:rsid w:val="003C137A"/>
     <w:rsid w:val="003C1670"/>
     <w:rsid w:val="003C6212"/>
     <w:rsid w:val="003E4211"/>
     <w:rsid w:val="003E799D"/>
     <w:rsid w:val="003F1197"/>
-    <w:rsid w:val="003F47A8"/>
     <w:rsid w:val="003F7A44"/>
     <w:rsid w:val="00404BFC"/>
     <w:rsid w:val="00412D37"/>
     <w:rsid w:val="00413B01"/>
     <w:rsid w:val="00422588"/>
     <w:rsid w:val="0043035C"/>
     <w:rsid w:val="00434ACF"/>
     <w:rsid w:val="004364AD"/>
     <w:rsid w:val="004365E8"/>
     <w:rsid w:val="004379A6"/>
     <w:rsid w:val="00441E8A"/>
     <w:rsid w:val="00450390"/>
     <w:rsid w:val="00450CF8"/>
     <w:rsid w:val="00464E9E"/>
     <w:rsid w:val="00466E44"/>
     <w:rsid w:val="00474AD0"/>
     <w:rsid w:val="0048384B"/>
     <w:rsid w:val="00484267"/>
     <w:rsid w:val="00492EF4"/>
     <w:rsid w:val="00494180"/>
     <w:rsid w:val="004962C3"/>
     <w:rsid w:val="004A319E"/>
     <w:rsid w:val="004A3CA5"/>
     <w:rsid w:val="004A50E5"/>
     <w:rsid w:val="004A7A8C"/>
     <w:rsid w:val="004B0B89"/>
     <w:rsid w:val="004B268A"/>
     <w:rsid w:val="004C10CF"/>
     <w:rsid w:val="004C19CB"/>
     <w:rsid w:val="004C1FFB"/>
     <w:rsid w:val="004C3CB1"/>
     <w:rsid w:val="004C6A5F"/>
     <w:rsid w:val="004C7B38"/>
     <w:rsid w:val="004D47ED"/>
     <w:rsid w:val="004D5549"/>
     <w:rsid w:val="004D714B"/>
     <w:rsid w:val="004E3556"/>
     <w:rsid w:val="004F05D1"/>
     <w:rsid w:val="004F43AD"/>
     <w:rsid w:val="00504D89"/>
     <w:rsid w:val="00511E25"/>
     <w:rsid w:val="00513E62"/>
     <w:rsid w:val="00525FFE"/>
     <w:rsid w:val="00526EB8"/>
     <w:rsid w:val="00527158"/>
     <w:rsid w:val="005305E1"/>
     <w:rsid w:val="00531248"/>
     <w:rsid w:val="00531C9B"/>
     <w:rsid w:val="005419A2"/>
-    <w:rsid w:val="005433B0"/>
     <w:rsid w:val="005438D5"/>
     <w:rsid w:val="00545C41"/>
-    <w:rsid w:val="005468C2"/>
     <w:rsid w:val="00553168"/>
     <w:rsid w:val="00560434"/>
     <w:rsid w:val="0056083D"/>
     <w:rsid w:val="00560F30"/>
     <w:rsid w:val="0056125E"/>
-    <w:rsid w:val="005759D5"/>
     <w:rsid w:val="005762E3"/>
     <w:rsid w:val="00581E5A"/>
     <w:rsid w:val="005937D3"/>
-    <w:rsid w:val="005963CE"/>
     <w:rsid w:val="005A110D"/>
-    <w:rsid w:val="005A45D8"/>
     <w:rsid w:val="005A7D12"/>
     <w:rsid w:val="005B154B"/>
     <w:rsid w:val="005B16C6"/>
     <w:rsid w:val="005B3578"/>
     <w:rsid w:val="005C5268"/>
     <w:rsid w:val="005C7D85"/>
     <w:rsid w:val="005E283A"/>
     <w:rsid w:val="005E2CD1"/>
     <w:rsid w:val="005E348F"/>
-    <w:rsid w:val="005E4848"/>
     <w:rsid w:val="005E5790"/>
-    <w:rsid w:val="005E6610"/>
     <w:rsid w:val="005E70AE"/>
     <w:rsid w:val="005F3612"/>
     <w:rsid w:val="005F3751"/>
     <w:rsid w:val="00601BEE"/>
     <w:rsid w:val="00601F81"/>
     <w:rsid w:val="00611007"/>
     <w:rsid w:val="00611E95"/>
-    <w:rsid w:val="00613357"/>
     <w:rsid w:val="00615374"/>
     <w:rsid w:val="00617DA5"/>
     <w:rsid w:val="0062015D"/>
     <w:rsid w:val="00623FC9"/>
     <w:rsid w:val="00625F51"/>
     <w:rsid w:val="006279D1"/>
     <w:rsid w:val="0063213C"/>
     <w:rsid w:val="00632919"/>
     <w:rsid w:val="00634C41"/>
     <w:rsid w:val="00645779"/>
     <w:rsid w:val="00645D58"/>
     <w:rsid w:val="00650157"/>
     <w:rsid w:val="00650848"/>
     <w:rsid w:val="006513E4"/>
     <w:rsid w:val="00657853"/>
     <w:rsid w:val="00660E33"/>
     <w:rsid w:val="00661D7A"/>
     <w:rsid w:val="00663A63"/>
     <w:rsid w:val="006677D5"/>
     <w:rsid w:val="00672635"/>
     <w:rsid w:val="00673D0F"/>
     <w:rsid w:val="00677E1E"/>
     <w:rsid w:val="006844C9"/>
     <w:rsid w:val="00691514"/>
     <w:rsid w:val="00692011"/>
     <w:rsid w:val="00692811"/>
     <w:rsid w:val="00695D68"/>
     <w:rsid w:val="006971A2"/>
     <w:rsid w:val="006A4345"/>
     <w:rsid w:val="006B0EDC"/>
     <w:rsid w:val="006B3F4C"/>
     <w:rsid w:val="006B5AAF"/>
     <w:rsid w:val="006B5C06"/>
     <w:rsid w:val="006C12E4"/>
     <w:rsid w:val="006C6C16"/>
     <w:rsid w:val="006D0176"/>
     <w:rsid w:val="006E0195"/>
     <w:rsid w:val="006E0344"/>
     <w:rsid w:val="006E3CC8"/>
     <w:rsid w:val="006E4C7B"/>
     <w:rsid w:val="006E4E2A"/>
     <w:rsid w:val="006F1B09"/>
     <w:rsid w:val="006F55BB"/>
     <w:rsid w:val="006F5E1E"/>
     <w:rsid w:val="006F7976"/>
     <w:rsid w:val="00705885"/>
     <w:rsid w:val="00732BDD"/>
-    <w:rsid w:val="00734DC3"/>
     <w:rsid w:val="00742965"/>
-    <w:rsid w:val="00743668"/>
     <w:rsid w:val="00753651"/>
     <w:rsid w:val="007540AF"/>
     <w:rsid w:val="00761C14"/>
     <w:rsid w:val="00766757"/>
     <w:rsid w:val="007701D2"/>
     <w:rsid w:val="00772041"/>
     <w:rsid w:val="00774352"/>
     <w:rsid w:val="007768EA"/>
     <w:rsid w:val="007849C0"/>
     <w:rsid w:val="007940E5"/>
-    <w:rsid w:val="0079516C"/>
     <w:rsid w:val="007B0C2E"/>
     <w:rsid w:val="007B119D"/>
     <w:rsid w:val="007B2B37"/>
-    <w:rsid w:val="007B6160"/>
     <w:rsid w:val="007B6A0F"/>
     <w:rsid w:val="007C356B"/>
-    <w:rsid w:val="007E1297"/>
     <w:rsid w:val="007E1E48"/>
-    <w:rsid w:val="007E30F9"/>
-    <w:rsid w:val="007E41CA"/>
     <w:rsid w:val="007F7631"/>
     <w:rsid w:val="0080460A"/>
     <w:rsid w:val="0080568A"/>
     <w:rsid w:val="00813358"/>
+    <w:rsid w:val="00821D8C"/>
     <w:rsid w:val="00822711"/>
     <w:rsid w:val="00836FDB"/>
     <w:rsid w:val="00843D31"/>
     <w:rsid w:val="00846B8F"/>
     <w:rsid w:val="008510E5"/>
     <w:rsid w:val="00852CF4"/>
-    <w:rsid w:val="0085580A"/>
     <w:rsid w:val="0085584D"/>
     <w:rsid w:val="00861A89"/>
     <w:rsid w:val="00863055"/>
     <w:rsid w:val="008646FC"/>
     <w:rsid w:val="00865285"/>
-    <w:rsid w:val="008654D8"/>
     <w:rsid w:val="00876542"/>
     <w:rsid w:val="008768E2"/>
     <w:rsid w:val="00883ADE"/>
     <w:rsid w:val="008873EE"/>
     <w:rsid w:val="00887D40"/>
     <w:rsid w:val="00890C48"/>
     <w:rsid w:val="008A54EB"/>
-    <w:rsid w:val="008B6899"/>
     <w:rsid w:val="008B6EBD"/>
-    <w:rsid w:val="008C1376"/>
     <w:rsid w:val="008C1B35"/>
     <w:rsid w:val="008C455F"/>
-    <w:rsid w:val="008C5583"/>
     <w:rsid w:val="008D0A2B"/>
     <w:rsid w:val="008D746A"/>
     <w:rsid w:val="008E2A85"/>
     <w:rsid w:val="008E7E39"/>
     <w:rsid w:val="008F062B"/>
     <w:rsid w:val="008F5A92"/>
     <w:rsid w:val="009113D1"/>
     <w:rsid w:val="00912F49"/>
     <w:rsid w:val="00916365"/>
     <w:rsid w:val="0091680C"/>
     <w:rsid w:val="00917B79"/>
     <w:rsid w:val="0092493A"/>
     <w:rsid w:val="00934F0E"/>
     <w:rsid w:val="00936E63"/>
     <w:rsid w:val="00943109"/>
     <w:rsid w:val="00943292"/>
     <w:rsid w:val="009458A9"/>
     <w:rsid w:val="00951A96"/>
     <w:rsid w:val="00953D05"/>
     <w:rsid w:val="00956B92"/>
-    <w:rsid w:val="00960149"/>
     <w:rsid w:val="00962DB0"/>
-    <w:rsid w:val="00966293"/>
-    <w:rsid w:val="00971BAD"/>
     <w:rsid w:val="00972036"/>
     <w:rsid w:val="009725FD"/>
     <w:rsid w:val="00973E70"/>
     <w:rsid w:val="00974448"/>
     <w:rsid w:val="009745F8"/>
     <w:rsid w:val="00975563"/>
     <w:rsid w:val="00976C54"/>
     <w:rsid w:val="00985A15"/>
     <w:rsid w:val="00993497"/>
     <w:rsid w:val="0099418D"/>
     <w:rsid w:val="00994D1C"/>
-    <w:rsid w:val="009A124B"/>
     <w:rsid w:val="009A2455"/>
     <w:rsid w:val="009A39B8"/>
     <w:rsid w:val="009A5EFE"/>
     <w:rsid w:val="009B6F06"/>
     <w:rsid w:val="009B70CB"/>
     <w:rsid w:val="009C1402"/>
     <w:rsid w:val="009D2644"/>
     <w:rsid w:val="009E1036"/>
+    <w:rsid w:val="009E7BE5"/>
     <w:rsid w:val="009F08D1"/>
     <w:rsid w:val="009F1991"/>
     <w:rsid w:val="009F4F95"/>
     <w:rsid w:val="00A02956"/>
     <w:rsid w:val="00A03A65"/>
     <w:rsid w:val="00A05F3E"/>
-    <w:rsid w:val="00A10018"/>
     <w:rsid w:val="00A14C42"/>
-    <w:rsid w:val="00A16403"/>
     <w:rsid w:val="00A30355"/>
+    <w:rsid w:val="00A31B6A"/>
     <w:rsid w:val="00A46B08"/>
     <w:rsid w:val="00A511AC"/>
     <w:rsid w:val="00A523AC"/>
-    <w:rsid w:val="00A60137"/>
-    <w:rsid w:val="00A618F5"/>
     <w:rsid w:val="00A65C62"/>
     <w:rsid w:val="00A714AD"/>
     <w:rsid w:val="00A71B00"/>
     <w:rsid w:val="00A71D2A"/>
     <w:rsid w:val="00A746C7"/>
     <w:rsid w:val="00A77571"/>
-    <w:rsid w:val="00A93069"/>
+    <w:rsid w:val="00A821BD"/>
     <w:rsid w:val="00A94DEC"/>
     <w:rsid w:val="00A9633B"/>
     <w:rsid w:val="00AA4380"/>
     <w:rsid w:val="00AA614F"/>
     <w:rsid w:val="00AA69FC"/>
     <w:rsid w:val="00AA6D1D"/>
     <w:rsid w:val="00AB430A"/>
     <w:rsid w:val="00AB4F14"/>
     <w:rsid w:val="00AB6299"/>
     <w:rsid w:val="00AD4020"/>
     <w:rsid w:val="00AD55E2"/>
     <w:rsid w:val="00AE2124"/>
     <w:rsid w:val="00AE268B"/>
     <w:rsid w:val="00AE3FD5"/>
     <w:rsid w:val="00B068C9"/>
     <w:rsid w:val="00B14131"/>
-    <w:rsid w:val="00B16E5D"/>
     <w:rsid w:val="00B21A82"/>
     <w:rsid w:val="00B21A94"/>
     <w:rsid w:val="00B24E6D"/>
     <w:rsid w:val="00B3070F"/>
     <w:rsid w:val="00B30E2F"/>
     <w:rsid w:val="00B31DD1"/>
     <w:rsid w:val="00B35464"/>
     <w:rsid w:val="00B35660"/>
     <w:rsid w:val="00B36AE0"/>
     <w:rsid w:val="00B37D89"/>
     <w:rsid w:val="00B40207"/>
     <w:rsid w:val="00B44100"/>
     <w:rsid w:val="00B524B4"/>
     <w:rsid w:val="00B57E31"/>
     <w:rsid w:val="00B672DD"/>
     <w:rsid w:val="00B86416"/>
-    <w:rsid w:val="00B901C9"/>
     <w:rsid w:val="00B91446"/>
     <w:rsid w:val="00B916E8"/>
-    <w:rsid w:val="00B932B0"/>
     <w:rsid w:val="00B964A9"/>
-    <w:rsid w:val="00BA0373"/>
     <w:rsid w:val="00BA197E"/>
-    <w:rsid w:val="00BA315D"/>
     <w:rsid w:val="00BA66F4"/>
     <w:rsid w:val="00BA7953"/>
     <w:rsid w:val="00BB4A92"/>
-    <w:rsid w:val="00BB61FF"/>
     <w:rsid w:val="00BC1609"/>
     <w:rsid w:val="00BC4C57"/>
     <w:rsid w:val="00BC6122"/>
     <w:rsid w:val="00BC6E53"/>
-    <w:rsid w:val="00BC7471"/>
     <w:rsid w:val="00BD7D5F"/>
     <w:rsid w:val="00BE10F7"/>
     <w:rsid w:val="00BE49AF"/>
     <w:rsid w:val="00BE4E1B"/>
     <w:rsid w:val="00BE7079"/>
     <w:rsid w:val="00BF0703"/>
     <w:rsid w:val="00BF1F4E"/>
     <w:rsid w:val="00C00AEA"/>
-    <w:rsid w:val="00C02512"/>
     <w:rsid w:val="00C04068"/>
     <w:rsid w:val="00C04786"/>
-    <w:rsid w:val="00C07CBC"/>
     <w:rsid w:val="00C16331"/>
     <w:rsid w:val="00C26F32"/>
     <w:rsid w:val="00C33AD9"/>
     <w:rsid w:val="00C371BF"/>
     <w:rsid w:val="00C43CB7"/>
     <w:rsid w:val="00C476C0"/>
     <w:rsid w:val="00C515E2"/>
     <w:rsid w:val="00C62890"/>
     <w:rsid w:val="00C63A06"/>
     <w:rsid w:val="00C64657"/>
     <w:rsid w:val="00C6656E"/>
     <w:rsid w:val="00C66767"/>
     <w:rsid w:val="00C66C36"/>
     <w:rsid w:val="00C72724"/>
     <w:rsid w:val="00C74DE2"/>
     <w:rsid w:val="00C75E03"/>
     <w:rsid w:val="00C777FB"/>
     <w:rsid w:val="00C77A89"/>
     <w:rsid w:val="00C80914"/>
     <w:rsid w:val="00C85644"/>
     <w:rsid w:val="00C87BD2"/>
     <w:rsid w:val="00C93260"/>
     <w:rsid w:val="00C96D02"/>
     <w:rsid w:val="00C97367"/>
     <w:rsid w:val="00CA2944"/>
-    <w:rsid w:val="00CA2D2E"/>
     <w:rsid w:val="00CA652A"/>
     <w:rsid w:val="00CB18F6"/>
-    <w:rsid w:val="00CB3D82"/>
     <w:rsid w:val="00CB4C42"/>
     <w:rsid w:val="00CC2C1E"/>
     <w:rsid w:val="00CE2A9D"/>
     <w:rsid w:val="00CF232F"/>
     <w:rsid w:val="00CF3B7F"/>
     <w:rsid w:val="00CF71B1"/>
     <w:rsid w:val="00D03856"/>
     <w:rsid w:val="00D10609"/>
     <w:rsid w:val="00D108FD"/>
     <w:rsid w:val="00D13EAC"/>
     <w:rsid w:val="00D143D9"/>
     <w:rsid w:val="00D21F18"/>
     <w:rsid w:val="00D273F6"/>
     <w:rsid w:val="00D3083D"/>
     <w:rsid w:val="00D33B63"/>
     <w:rsid w:val="00D34907"/>
     <w:rsid w:val="00D46DA7"/>
     <w:rsid w:val="00D54154"/>
     <w:rsid w:val="00D64743"/>
     <w:rsid w:val="00D66A11"/>
     <w:rsid w:val="00D67182"/>
-    <w:rsid w:val="00D67239"/>
     <w:rsid w:val="00D844D5"/>
-    <w:rsid w:val="00D901A7"/>
     <w:rsid w:val="00D94446"/>
     <w:rsid w:val="00DA2916"/>
-    <w:rsid w:val="00DA5266"/>
     <w:rsid w:val="00DB0B9D"/>
     <w:rsid w:val="00DB0D5B"/>
     <w:rsid w:val="00DB3B20"/>
     <w:rsid w:val="00DD652A"/>
     <w:rsid w:val="00DE1109"/>
     <w:rsid w:val="00DE2862"/>
     <w:rsid w:val="00DE60A6"/>
     <w:rsid w:val="00DE6785"/>
-    <w:rsid w:val="00DE7CF2"/>
     <w:rsid w:val="00DF578F"/>
     <w:rsid w:val="00DF6D39"/>
     <w:rsid w:val="00E00FBF"/>
     <w:rsid w:val="00E03694"/>
     <w:rsid w:val="00E04653"/>
     <w:rsid w:val="00E051CC"/>
     <w:rsid w:val="00E11486"/>
     <w:rsid w:val="00E12745"/>
     <w:rsid w:val="00E12AA1"/>
     <w:rsid w:val="00E132F6"/>
     <w:rsid w:val="00E139A9"/>
-    <w:rsid w:val="00E142DF"/>
     <w:rsid w:val="00E14494"/>
     <w:rsid w:val="00E176D9"/>
     <w:rsid w:val="00E21CF1"/>
-    <w:rsid w:val="00E22769"/>
     <w:rsid w:val="00E22A47"/>
     <w:rsid w:val="00E22DD6"/>
     <w:rsid w:val="00E31BED"/>
     <w:rsid w:val="00E34DC0"/>
     <w:rsid w:val="00E357FD"/>
     <w:rsid w:val="00E40270"/>
     <w:rsid w:val="00E414AC"/>
     <w:rsid w:val="00E42CA8"/>
     <w:rsid w:val="00E50874"/>
     <w:rsid w:val="00E53095"/>
     <w:rsid w:val="00E570B1"/>
-    <w:rsid w:val="00E653E4"/>
+    <w:rsid w:val="00E70333"/>
     <w:rsid w:val="00E70F2C"/>
     <w:rsid w:val="00E72499"/>
     <w:rsid w:val="00E7681F"/>
     <w:rsid w:val="00E8005C"/>
-    <w:rsid w:val="00E819EC"/>
     <w:rsid w:val="00E828EF"/>
     <w:rsid w:val="00E852D9"/>
     <w:rsid w:val="00E87B2A"/>
     <w:rsid w:val="00E97B6A"/>
     <w:rsid w:val="00EA0CF8"/>
     <w:rsid w:val="00EA6061"/>
     <w:rsid w:val="00EB00EE"/>
-    <w:rsid w:val="00EB2BC9"/>
     <w:rsid w:val="00EB6489"/>
     <w:rsid w:val="00EC2A6D"/>
     <w:rsid w:val="00EC34B8"/>
     <w:rsid w:val="00EC47FF"/>
     <w:rsid w:val="00ED37D9"/>
     <w:rsid w:val="00ED41D6"/>
     <w:rsid w:val="00ED55D6"/>
-    <w:rsid w:val="00EE2E4F"/>
     <w:rsid w:val="00F004D7"/>
     <w:rsid w:val="00F036DE"/>
     <w:rsid w:val="00F177E7"/>
+    <w:rsid w:val="00F2355D"/>
     <w:rsid w:val="00F255A1"/>
     <w:rsid w:val="00F341D0"/>
     <w:rsid w:val="00F34443"/>
     <w:rsid w:val="00F34DB8"/>
     <w:rsid w:val="00F36A1C"/>
     <w:rsid w:val="00F4402E"/>
     <w:rsid w:val="00F44454"/>
     <w:rsid w:val="00F459AF"/>
     <w:rsid w:val="00F50DB9"/>
     <w:rsid w:val="00F5189C"/>
     <w:rsid w:val="00F5323E"/>
     <w:rsid w:val="00F57CB1"/>
-    <w:rsid w:val="00F6780A"/>
     <w:rsid w:val="00F700C8"/>
     <w:rsid w:val="00F7023B"/>
     <w:rsid w:val="00F7408E"/>
     <w:rsid w:val="00F91978"/>
     <w:rsid w:val="00F91DB5"/>
     <w:rsid w:val="00F9212B"/>
     <w:rsid w:val="00F92A7C"/>
     <w:rsid w:val="00F9409B"/>
-    <w:rsid w:val="00FA27A1"/>
     <w:rsid w:val="00FA724E"/>
     <w:rsid w:val="00FB2F4C"/>
     <w:rsid w:val="00FB5557"/>
     <w:rsid w:val="00FB65E9"/>
     <w:rsid w:val="00FB681D"/>
     <w:rsid w:val="00FB6F70"/>
     <w:rsid w:val="00FC1BF9"/>
     <w:rsid w:val="00FC4101"/>
     <w:rsid w:val="00FC6114"/>
     <w:rsid w:val="00FD1857"/>
-    <w:rsid w:val="00FD63F9"/>
     <w:rsid w:val="00FF28DC"/>
     <w:rsid w:val="00FF5A15"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="tr-TR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
@@ -10769,168 +10488,130 @@
     <w:pPr>
       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="200" w:afterAutospacing="0"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="34-SciencePG-References-content">
     <w:name w:val="34-SciencePG-References-content"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00BA66F4"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="36"/>
       </w:numPr>
       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
-[...10 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="131947068">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="648559611">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1251741680">
-      <w:bodyDiv w:val="1"/>
-[...24 lines deleted...]
-    <w:div w:id="1547838293">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1607422998">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2074497575">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tesjournal.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9198-0160" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.6643727" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/xxxx-xxxx-xxxx-xxxx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tesjournal.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xxxx@gmail.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xxxx@gmail.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tesjournal.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tesjournal.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:xxxx@gmail.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9198-0160" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.6643727" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/xxxx-xxxx-xxxx-xxxx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tesjournal.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc/4.0/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-nc/4.0/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Teması">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -11278,94 +10959,94 @@
     <b:Tag>Aze07</b:Tag>
     <b:SourceType>JournalArticle</b:SourceType>
     <b:Guid>{1A6AE881-83BC-4935-982C-B9BFDD48DB90}</b:Guid>
     <b:Title>A printed crescent patch antenna for ultrawideband applications</b:Title>
     <b:Year>2007</b:Year>
     <b:Author>
       <b:Author>
         <b:NameList>
           <b:Person>
             <b:Last>Azenui</b:Last>
             <b:First>N.</b:First>
             <b:Middle>C., &amp; Yang, H. Y. D.</b:Middle>
           </b:Person>
         </b:NameList>
       </b:Author>
     </b:Author>
     <b:JournalName>IEEE Antennas and Wireless Propagation Letters</b:JournalName>
     <b:Pages>113-116</b:Pages>
     <b:Volume>6</b:Volume>
     <b:RefOrder>5</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AEC2FDE7-E8E4-4719-B33B-D62AD20412DB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{39F7356D-A106-48AC-A9C4-CD14190B1840}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5432</Characters>
+  <Pages>1</Pages>
+  <Words>983</Words>
+  <Characters>5310</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>150</Lines>
-  <Paragraphs>111</Paragraphs>
+  <Lines>151</Lines>
+  <Paragraphs>110</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Konu Başlığı</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6332</CharactersWithSpaces>
+  <CharactersWithSpaces>6183</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
-    <vt:lpwstr>5956c54a-a02d-475d-ae5c-6e574c0c8564</vt:lpwstr>
+    <vt:lpwstr>9d9e70f6-3a9a-4393-820d-61df0418934a</vt:lpwstr>
   </property>
 </Properties>
 </file>